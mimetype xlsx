--- v0 (2025-12-28)
+++ v1 (2026-03-04)
@@ -10,85 +10,85 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\yener.genc\Desktop\12-ARALIK WEB\25 KW\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\yener.genc\Desktop\2-ŞUBAT WEB\25 KW\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CEF4A1CC-C77C-453F-8363-6C455DDC4D45}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{494D441B-606B-434C-8F0B-63C293E3EA06}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DI-F-405_01" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DI-F-405_01'!$A$2:$K$946</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'DI-F-405_01'!$A$1:$K$1018</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DI-F-405_01'!$A$2:$K$1063</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'DI-F-405_01'!$A$1:$K$1157</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'DI-F-405_01'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6233" uniqueCount="1966">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6954" uniqueCount="2161">
   <si>
     <t>S.NO</t>
   </si>
   <si>
     <t>BAŞVURU TARİHİ</t>
   </si>
   <si>
     <t>BAŞVURU NO</t>
   </si>
   <si>
     <t>GÜCÜ (kW)</t>
   </si>
   <si>
     <t>KAYNAK</t>
   </si>
   <si>
     <t>DEĞERLENDİRME SONUCU</t>
   </si>
   <si>
     <t>SONUÇ OLUMSUZ İSE GEREKÇESİ</t>
   </si>
   <si>
     <t>DAĞITIM ŞİRKETİNCE DÜZENLENMİŞ TEKİL KOD / TESİSAT NUMARASI</t>
   </si>
   <si>
@@ -1512,53 +1512,50 @@
   </si>
   <si>
     <t>****3074</t>
   </si>
   <si>
     <t xml:space="preserve">*Sunulan bağlantı başvuru formu uygun formatta sunulmamıştır.
 *Sunulan tapu uygun formatta sunulmamıştır.
 *Tapu hisseli olduğundan diğer hisse sahiplerinden alınması gereken muvafakatname sunulmamıştır.
 </t>
   </si>
   <si>
     <t>LÜ-AG-171</t>
   </si>
   <si>
     <t>****6648</t>
   </si>
   <si>
     <t>TR-6090
 1600 kVA</t>
   </si>
   <si>
     <t>LÜ-AG-172</t>
   </si>
   <si>
     <t>****6016</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">AHMET GENCAN METRO TM </t>
   </si>
   <si>
     <t>TR-12350
 630 kVA</t>
   </si>
   <si>
     <t>LÜ-AG-173</t>
   </si>
   <si>
     <t>****2223</t>
   </si>
   <si>
     <t>LÜ-AG-174</t>
   </si>
   <si>
     <t>****2224</t>
   </si>
   <si>
     <t>LÜ-AG-175</t>
   </si>
   <si>
     <t>LÜ-AG-176</t>
   </si>
   <si>
     <t>****5953</t>
@@ -3356,53 +3353,50 @@
 *Online başvuru ile e-imzalı yüklenen formlardaki Yönetmelik maddesi uyuşmamaktadır.</t>
   </si>
   <si>
     <t>LÜ-AG-431</t>
   </si>
   <si>
     <t>****0610- ****0611- ****0612- ****0613- ****0614- ****0615- ****0617</t>
   </si>
   <si>
     <t>*Tüketim tesisi ile ilgili olarak; Mevcut tüketim tesisleri için tekil kodu gösterir belge, uygun formatta sunulmamıştır.
 *Başvuru türüne istinaden (Yönetmeliğin ilgili madde/fıkra/bent), sunulan başvuru evrakları ve tüketim tesisi ilişkilendirme talebi uygun değildir.</t>
   </si>
   <si>
     <t>LÜ-AG-432</t>
   </si>
   <si>
     <t>LÜ-AG-433</t>
   </si>
   <si>
     <t>LÜ-AG-434</t>
   </si>
   <si>
     <t>****9077</t>
   </si>
   <si>
-    <t>AHMET GENCAN METRO TM</t>
-[...1 lines deleted...]
-  <si>
     <t>LÜ-AG-435</t>
   </si>
   <si>
     <t>****8734</t>
   </si>
   <si>
     <t>TR-4672
 1600 kVA</t>
   </si>
   <si>
     <t>LÜ-AG-436</t>
   </si>
   <si>
     <t>****9419</t>
   </si>
   <si>
     <t xml:space="preserve">*Kurulması planlanan üretim tesisinin kurulu gücü, başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden fazladır. 
 </t>
   </si>
   <si>
     <t>LÜ-AG-437</t>
   </si>
   <si>
     <t>LÜ-AG-438</t>
   </si>
@@ -6529,58 +6523,693 @@
   </si>
   <si>
     <t>*Kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden (8,9082 kW) fazladır.</t>
   </si>
   <si>
     <t>*Kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden (8,8992 kW) fazladır.</t>
   </si>
   <si>
     <t>*Kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden (9,207 kW) fazladır.</t>
   </si>
   <si>
     <t>*Kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden (9,582 kW) fazladır.</t>
   </si>
   <si>
     <t>*Birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti uygun değildir.</t>
   </si>
   <si>
     <t>*Müstakil binalar için üretim tesisi ile ilişkilendirilen tüketim tesisinin bulunduğu yere ait tapu kaydı veya kira sözleşmesi veya kullanım hakkını gösterir belge sunulmamıştır.
 *Birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti okunamamaktadır.</t>
   </si>
   <si>
     <t>*Başvuru sahipleri ve tapu sahiplerinin farklı olduğu ve aralarında ilişki kurulamadığı tespit edilmiştir.
 *Birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti okunamamaktadır.</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                         TARİH: 25/12/2025</t>
+    <t>LÜ-AG-954</t>
+  </si>
+  <si>
+    <t>LÜ-AG-955</t>
+  </si>
+  <si>
+    <t>LÜ-AG-956</t>
+  </si>
+  <si>
+    <t>LÜ-AG-957</t>
+  </si>
+  <si>
+    <t>LÜ-AG-958</t>
+  </si>
+  <si>
+    <t>LÜ-AG-959</t>
+  </si>
+  <si>
+    <t>LÜ-AG-960</t>
+  </si>
+  <si>
+    <t>LÜ-AG-961</t>
+  </si>
+  <si>
+    <t>LÜ-AG-962</t>
+  </si>
+  <si>
+    <t>LÜ-AG-963</t>
+  </si>
+  <si>
+    <t>LÜ-AG-964</t>
+  </si>
+  <si>
+    <t>LÜ-AG-965</t>
+  </si>
+  <si>
+    <t>LÜ-AG-966</t>
+  </si>
+  <si>
+    <t>LÜ-AG-967</t>
+  </si>
+  <si>
+    <t>LÜ-AG-968</t>
+  </si>
+  <si>
+    <t>LÜ-AG-969</t>
+  </si>
+  <si>
+    <t>LÜ-AG-970</t>
+  </si>
+  <si>
+    <t>LÜ-AG-971</t>
+  </si>
+  <si>
+    <t>LÜ-AG-972</t>
+  </si>
+  <si>
+    <t>LÜ-AG-973</t>
+  </si>
+  <si>
+    <t>LÜ-AG-974</t>
+  </si>
+  <si>
+    <t>LÜ-AG-975</t>
+  </si>
+  <si>
+    <t>LÜ-AG-976</t>
+  </si>
+  <si>
+    <t>LÜ-AG-977</t>
+  </si>
+  <si>
+    <t>LÜ-AG-978</t>
+  </si>
+  <si>
+    <t>LÜ-AG-979</t>
+  </si>
+  <si>
+    <t>LÜ-AG-980</t>
+  </si>
+  <si>
+    <t>LÜ-AG-981</t>
+  </si>
+  <si>
+    <t>LÜ-AG-982</t>
+  </si>
+  <si>
+    <t>LÜ-AG-983</t>
+  </si>
+  <si>
+    <t>LÜ-AG-984</t>
+  </si>
+  <si>
+    <t>LÜ-AG-985</t>
+  </si>
+  <si>
+    <t>LÜ-AG-986</t>
+  </si>
+  <si>
+    <t>LÜ-AG-987</t>
+  </si>
+  <si>
+    <t>LÜ-AG-988</t>
+  </si>
+  <si>
+    <t>LÜ-AG-989</t>
+  </si>
+  <si>
+    <t>LÜ-AG-990</t>
+  </si>
+  <si>
+    <t>LÜ-AG-991</t>
+  </si>
+  <si>
+    <t>LÜ-AG-992</t>
+  </si>
+  <si>
+    <t>LÜ-AG-993</t>
+  </si>
+  <si>
+    <t>LÜ-AG-994</t>
+  </si>
+  <si>
+    <t>LÜ-AG-995</t>
+  </si>
+  <si>
+    <t>LÜ-AG-996</t>
+  </si>
+  <si>
+    <t>LÜ-AG-997</t>
+  </si>
+  <si>
+    <t>LÜ-AG-998</t>
+  </si>
+  <si>
+    <t>LÜ-AG-999</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1000</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1001</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1002</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1003</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1004</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1005</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1006</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1007</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1008</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1009</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1010</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1011</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1012</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1013</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1014</t>
+  </si>
+  <si>
+    <t>****6688</t>
+  </si>
+  <si>
+    <t>****7800</t>
+  </si>
+  <si>
+    <t>****3695</t>
+  </si>
+  <si>
+    <t>****4735</t>
+  </si>
+  <si>
+    <t>****7980</t>
+  </si>
+  <si>
+    <t>****2587</t>
+  </si>
+  <si>
+    <t>****7025</t>
+  </si>
+  <si>
+    <t>****6657</t>
+  </si>
+  <si>
+    <t>****7099</t>
+  </si>
+  <si>
+    <t>****2144</t>
+  </si>
+  <si>
+    <t>****2951</t>
+  </si>
+  <si>
+    <t>****4379</t>
+  </si>
+  <si>
+    <t>****4381</t>
+  </si>
+  <si>
+    <t>****4443</t>
+  </si>
+  <si>
+    <t>DUDULLU METRO (AHMET GENCAN METRO GİS)</t>
+  </si>
+  <si>
+    <t>TR-15447
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-8399
+1000 kVA</t>
+  </si>
+  <si>
+    <t>TR-44052
+1000 kVA</t>
+  </si>
+  <si>
+    <t>TR-13645
+1000 kVA</t>
+  </si>
+  <si>
+    <t>TR-5575
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-5812
+1250 kVA</t>
+  </si>
+  <si>
+    <t>TR-15441
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-16462
+1000 kVA</t>
+  </si>
+  <si>
+    <t>TR-45063
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-45053
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-45062
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-15991
+630 kVA</t>
+  </si>
+  <si>
+    <t>TR-3238
+630 kVA</t>
+  </si>
+  <si>
+    <t>TR-7268
+630 kVA</t>
+  </si>
+  <si>
+    <t>TR-7488
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-7489
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-1103
+100 kVA</t>
+  </si>
+  <si>
+    <t>TR-15143
+1000 kVA</t>
+  </si>
+  <si>
+    <t>TR-1494
+1000 kVA</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) uygun formatta sunulmamıştır.
+*Başvuru evraklarında sunulan Faaliyet Yasağına İlişkin Beyan (Ek-2) uygun formatta sunulmamıştır.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) hatalı bilgi içermektedir. (Tüketim Tesisi Tekil Kodu)
+*Birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti (muvafakatname) sunulmamıştır.
+*Mevcut tüketim tesisleri için Tekil kod şantiye tesisatı olması sebebiyle uygun değildir.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) uygun formatta sunulmamıştır.
+*Müstakil binalar için üretim tesisi ile ilişkilendirilen tüketim tesisinin bulunduğu yere ait tapu kaydı veya kira sözleşmesi veya kullanım hakkını gösterir belge sunulmamıştır.
+*Tapu sunulmadığından karar defteri (muvafakatname) gerekliliği değerlendirilememiştir.
+*Başvuru evraklarında sunulan Faaliyet Yasağına İlişkin Beyan (Ek-2) uygun formatta sunulmamıştır.</t>
+  </si>
+  <si>
+    <t>*Kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden  (7,164 kW) fazladır.</t>
+  </si>
+  <si>
+    <t>*Başvuru sahibi ve tapu sahiplerinin farklı olduğu ve aralarında ilişki kurulamadığı tespit edilmiştir.
+*Gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi, uygun değildir.
+*Birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti (muvafakatname) uygun değildir.</t>
+  </si>
+  <si>
+    <t>*Birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti yerine geçen muvafakatname sunulmamıştır.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) hatalı/eksik bilgi içermektedir. (Üretim tesisi kurulu gücü birimi, Başvuru sahibi adresi)*Kurulması planlanan üretim tesisinin kurulu gücü (13 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden  (6,048 kW) fazladır.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan Faaliyet Yasağına İlişkin Beyan (Ek-2) hatalı bilgi içermektedir. (Yönetmelik maddeleri)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">*Başvuru evraklarında sunulan inşaat ruhsatında birden fazla bağımsız bölüm olması sebebiyle sunulması gereken muvafakatname sunulmamıştır. </t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) hatalı bilgi içermektedir. (Üretim tesisi adresi)
+*Başvuru evraklarında sunulan Faaliyet Yasağına İlişkin Beyan (Ek-2) hatalı bilgi içermektedir. (Yönetmelik maddeleri)</t>
+  </si>
+  <si>
+    <t>*Gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi, sunulmamıştır.</t>
+  </si>
+  <si>
+    <t>*Gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi, sunulmamıştır.
+*Başvuru evraklarında sunulan Faaliyet Yasağına İlişkin Beyan (Ek-2) uygun değildir.</t>
+  </si>
+  <si>
+    <t>*Başvuru sahibi ve tapu sahiplerinin farklı olduğu ve aralarında ilişki kurulamadığı tespit edilmiştir.
+*Birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti (muvafakatname) sunulmamıştır.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti, uygun değildir.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan Gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi, başvuru sahibine ait olmaması sebebiyle uygun değildir.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan inşaat ruhsatında birden fazla bağımsız bölüm olması sebebiyle sunulması gereken muvafakatname sunulmamıştır.</t>
+  </si>
+  <si>
+    <t>*Kurulması planlanan üretim tesisinin kurulu gücü (20 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki (6 kWe) sözleşme gücünden fazladır.</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1015</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1016</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1018</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1019</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1020</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1021</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1022</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1023</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1024</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1025</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1026</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1027</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1028</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1029</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1030</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1031</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1032</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1033</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1034</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1035</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1036</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1037</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1038</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1039</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1040</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1041</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1042</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1043</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1044</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1045</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1046</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1047</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1048</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1049</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1050</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1051</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1052</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1053</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1054</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1055</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1056</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1057</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1058</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1059</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1060</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1061</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1062</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1063</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1064</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1065</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1066</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1067</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1068</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1069</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1070</t>
+  </si>
+  <si>
+    <t>LÜ-AG-1071</t>
+  </si>
+  <si>
+    <t>*Sunulması gereken birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti (muvafakatname) sunulmamıştır.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi eksik/hatalı bilgi (Adres/Ada-Parsel bilgisi) içermesi sebebiyle uygun değildir.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">*30.09.2025 tarih 1753584 sayılı başvuru için 20.10.2025 tarih AD-OUT-600-2025-2677 sayılı çağrı mektubu düzenlenmiş olup, proje onayı için verilen 90 gün sürenin dolmadığı tespit edilmiştir. Aynı tüketim tesisatı için süreci devam eden başvuru olması sebebiyle ilgili başvuru değerlendirmeye alınamamıştır. </t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) eksik/hatalı bilgi (Üretim Tesisi Kurulu Gücü, Başvuru Sahibi Adresi) içermesi sebebiyle uygun değildir.
+*Kurulması planlanan üretim tesisinin kurulu gücü (13 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki (12,6 kWe) sözleşme gücünden fazladır.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti uygun değildir.</t>
+  </si>
+  <si>
+    <t>*Başvuru sahibi ile tüketim tesisatı abonesi uyuşmamaktadır.</t>
+  </si>
+  <si>
+    <t>*Sunulması gereken gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi sunulmamıştır.
+*Sunulması gereken birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti muvafakatname sunulmamıştır.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">*31.10.2025 tarih 1766054 sayılı başvuru için 20.11.2025 tarih AD-OUT-600-2025-3018 sayılı çağrı mektubu düzenlenmiş olup, proje onayı için verilen 90 gün sürenin dolmadığı tespit edilmiştir. Aynı tüketim tesisatı için süreci devam eden başvuru olması sebebiyle ilgili başvuru değerlendirmeye alınamamıştır. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">*29.11.2025 tarih 1778296 sayılı başvuru için 19.12.2025 tarih AD-OUT-600-2025-3427 sayılı çağrı mektubu düzenlenmiş olup, proje onayı için verilen 90 gün sürenin dolmadığı tespit edilmiştir. Aynı tüketim tesisatı için süreci devam eden başvuru olması sebebiyle ilgili başvuru değerlendirmeye alınamamıştır. </t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) uygun formatta sunulmamıştır.
+*Başvuru evraklarını E-imza ile imzalayan kişiye ait “Vekaletname” uygun değildir. (Vekaletname geçerlilik süresi dolmuştur.)
+*Başvuru evraklarında sunulan Faaliyet Yasağına İlişkin Beyan (Ek-2) uygun formatta sunulmamıştır.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi uygun değildir.
+*Başvuru evrakların sunulan ek-4 bağlantı başvuru formu, kira sözlaşmesi ve tekil kodu gösterir elektrik faturasındaki üretim tesisi adresi uyuşmaması sebeyile uygun değildir.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan Lisanssız Üretim Bağlantı Başvuru Formu (Ek-4) eksik/hatalı bilgi (Başvuru Sahibi ve Üretim Tesisi Adresleri) içermesi sebebiyle uygun değildir.
+*Başvuru evraklarında sunulan müstakil binalar için üretim tesisi ile ilişkilendirilen tüketim tesisinin bulunduğu yere ait tapu kaydı veya kira sözleşmesi veya kullanım hakkını gösterir belge, sözleşme bilgileri eksik olması sebebiyle uygun değildir.</t>
+  </si>
+  <si>
+    <t>*Sunulması gereken müstakil binalar için üretim tesisi ile ilişkilendirilen tüketim tesisinin bulunduğu yere ait tapu kaydı veya kira sözleşmesi veya kullanım hakkını gösterir belge sunulmamıştır.</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan gerçek kişiler için aslıyla birlikte sunulacak Nüfus Cüzdanı fotokopisi, tüzel kişiler için tüzel kişiyi temsil ve ilzama yetkili şahıs/şahısların “Yetki Belgeleri”nin aslı veya noter onaylı suretleri veya aslı ile birlikte sunulacak fotokopisi eksik/hatalı bilgi (Adres bilgisi) içermesi sebebiyle uygun değildir.</t>
+  </si>
+  <si>
+    <t>*Müstakil binalar için üretim tesisi ile ilişkilendirilen tüketim tesisinin bulunduğu yere ait tapu kaydı veya kira sözleşmesi veya kullanım hakkını gösterir belge uygun değildir.</t>
+  </si>
+  <si>
+    <t>*kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden (8,9082 kW) fazladır.</t>
+  </si>
+  <si>
+    <t>*kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden (8,7282 kW) fazladır.</t>
+  </si>
+  <si>
+    <t>*kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden (8,8992 kW) fazladır.</t>
+  </si>
+  <si>
+    <t>*kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden (9,207 kW) fazladır.</t>
+  </si>
+  <si>
+    <t>*kurulması planlanan üretim tesisinin kurulu gücü (10 kWe), başvuru ile ilişkilendirilecek tüketim tesisinin bağlantı anlaşmasındaki sözleşme gücünden (9,582 kW) fazladır</t>
+  </si>
+  <si>
+    <t>*Başvuru evraklarında sunulan birden fazla kullanıcının bulunduğu binalarda (apartman vs) apartman veya sitelerin karar defterlerinde başvuru sahibi için güneş enerjisine dayalı üretim tesisi kurulabileceğine dair karar örneğinin noter onaylı sureti yerine geçen muvafakatname uygun değildir.</t>
+  </si>
+  <si>
+    <t>TR-15841
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-14297
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-1076
+250 kVA</t>
+  </si>
+  <si>
+    <t>TR-7585
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-14550
+1000 kVA</t>
+  </si>
+  <si>
+    <t>TR-15885
+1600 kVA</t>
+  </si>
+  <si>
+    <t>TR-15040
+1250 kVA</t>
+  </si>
+  <si>
+    <t>TR-15743
+1250 kVA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                         TARİH: 25/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="34" x14ac:knownFonts="1">
+  <fonts count="35" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Tur"/>
       <family val="2"/>
       <charset val="162"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial Tur"/>
       <family val="2"/>
       <charset val="162"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="162"/>
@@ -6778,50 +7407,57 @@
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
       <charset val="162"/>
     </font>
     <font>
       <sz val="7"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="162"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial Tur"/>
       <charset val="162"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="20"/>
+      <color theme="1"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+      <charset val="162"/>
     </font>
   </fonts>
   <fills count="25">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
         <bgColor indexed="64"/>
@@ -7206,51 +7842,51 @@
     <xf numFmtId="0" fontId="4" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="20" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="21" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="20" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="27" fillId="24" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -7305,50 +7941,53 @@
     </xf>
     <xf numFmtId="1" fontId="27" fillId="24" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="24" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="24" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="24" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="24" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="34" fillId="24" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="43">
     <cellStyle name="20% - Accent1" xfId="2" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent2" xfId="3" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent3" xfId="4" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent4" xfId="5" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent5" xfId="6" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
@@ -7395,83 +8034,83 @@
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>228599</xdr:colOff>
+      <xdr:colOff>302682</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>95250</xdr:rowOff>
+      <xdr:rowOff>74083</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1117371</xdr:colOff>
+      <xdr:colOff>1191454</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>1009650</xdr:rowOff>
+      <xdr:rowOff>1037166</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Resim 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F3F3673-103D-4951-953B-48F048424CF3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="228600" y="95250"/>
-          <a:ext cx="1924050" cy="914400"/>
+          <a:off x="302682" y="74083"/>
+          <a:ext cx="1968272" cy="963083"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -7777,88 +8416,89 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K946"/>
+  <dimension ref="A1:K1063"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="40" zoomScaleNormal="40" zoomScaleSheetLayoutView="40" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="K8" sqref="K8"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="30" zoomScaleNormal="40" zoomScaleSheetLayoutView="30" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A1050" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="B2" sqref="B2"/>
+      <selection pane="bottomLeft" activeCell="A1063" sqref="A1063:K1063"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="15.453125" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.453125" style="7" customWidth="1"/>
     <col min="3" max="3" width="31.26953125" style="7" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="23.26953125" style="7" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.1796875" style="8" customWidth="1"/>
     <col min="7" max="7" width="44.90625" style="9" customWidth="1"/>
     <col min="8" max="8" width="36" style="10" customWidth="1"/>
-    <col min="9" max="9" width="55.1796875" style="37" customWidth="1"/>
+    <col min="9" max="9" width="44.81640625" style="37" customWidth="1"/>
     <col min="10" max="10" width="49.90625" style="7" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="168.54296875" style="9" customWidth="1"/>
     <col min="12" max="16384" width="9.1796875" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="38" t="s">
-[...10 lines deleted...]
-      <c r="J1" s="40"/>
+      <c r="A1" s="39" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B1" s="40"/>
+      <c r="C1" s="40"/>
+      <c r="D1" s="40"/>
+      <c r="E1" s="40"/>
+      <c r="F1" s="40"/>
+      <c r="G1" s="40"/>
+      <c r="H1" s="40"/>
+      <c r="I1" s="40"/>
+      <c r="J1" s="41"/>
       <c r="K1" s="24" t="s">
-        <v>1965</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="2" spans="1:11" s="1" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="3" t="s">
@@ -13729,26475 +14369,30509 @@
       </c>
       <c r="K173" s="17"/>
     </row>
     <row r="174" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A174" s="13">
         <v>172</v>
       </c>
       <c r="B174" s="15">
         <v>44833</v>
       </c>
       <c r="C174" s="11" t="s">
         <v>451</v>
       </c>
       <c r="D174" s="12">
         <v>5</v>
       </c>
       <c r="E174" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F174" s="13">
         <v>1282997</v>
       </c>
       <c r="G174" s="16" t="s">
         <v>452</v>
       </c>
-      <c r="H174" s="14" t="s">
+      <c r="H174" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I174" s="27" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="J174" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K174" s="17"/>
     </row>
     <row r="175" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A175" s="13">
         <v>173</v>
       </c>
       <c r="B175" s="15">
         <v>44833</v>
       </c>
       <c r="C175" s="11" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D175" s="12">
         <v>3</v>
       </c>
       <c r="E175" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F175" s="13">
         <v>1282731</v>
       </c>
       <c r="G175" s="16" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="H175" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I175" s="27" t="s">
         <v>426</v>
       </c>
       <c r="J175" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K175" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="176" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="13">
         <v>174</v>
       </c>
       <c r="B176" s="15">
         <v>44833</v>
       </c>
       <c r="C176" s="11" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="D176" s="12">
         <v>3</v>
       </c>
       <c r="E176" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F176" s="13">
         <v>1282726</v>
       </c>
       <c r="G176" s="16" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="H176" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I176" s="27" t="s">
         <v>426</v>
       </c>
       <c r="J176" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K176" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="177" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A177" s="13">
         <v>175</v>
       </c>
       <c r="B177" s="15">
         <v>44834</v>
       </c>
       <c r="C177" s="11" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="D177" s="12">
         <v>10</v>
       </c>
       <c r="E177" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F177" s="13">
         <v>1290410</v>
       </c>
       <c r="G177" s="16" t="s">
         <v>185</v>
       </c>
       <c r="H177" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I177" s="27" t="s">
         <v>186</v>
       </c>
       <c r="J177" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K177" s="14" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="178" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A178" s="13">
         <v>176</v>
       </c>
       <c r="B178" s="15">
         <v>44834</v>
       </c>
       <c r="C178" s="11" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="D178" s="12">
         <v>10</v>
       </c>
       <c r="E178" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F178" s="13">
         <v>1284606</v>
       </c>
       <c r="G178" s="16" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="H178" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I178" s="27" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="J178" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K178" s="17"/>
     </row>
     <row r="179" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A179" s="13">
         <v>177</v>
       </c>
       <c r="B179" s="15">
         <v>44834</v>
       </c>
       <c r="C179" s="11" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="D179" s="12">
         <v>15</v>
       </c>
       <c r="E179" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F179" s="13">
         <v>1284663</v>
       </c>
       <c r="G179" s="16" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="H179" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I179" s="27" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="J179" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K179" s="17" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="180" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A180" s="13">
         <v>178</v>
       </c>
       <c r="B180" s="15">
         <v>44841</v>
       </c>
       <c r="C180" s="11" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="D180" s="12">
         <v>17.507999999999999</v>
       </c>
       <c r="E180" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F180" s="13">
         <v>1284690</v>
       </c>
       <c r="G180" s="16" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="H180" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I180" s="27" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="J180" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K180" s="17"/>
     </row>
     <row r="181" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A181" s="13">
         <v>179</v>
       </c>
       <c r="B181" s="15">
         <v>44845</v>
       </c>
       <c r="C181" s="11" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="D181" s="12">
         <v>10</v>
       </c>
       <c r="E181" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F181" s="13">
         <v>1290176</v>
       </c>
       <c r="G181" s="16" t="s">
         <v>241</v>
       </c>
       <c r="H181" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I181" s="27" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="J181" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K181" s="17" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="182" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A182" s="13">
         <v>180</v>
       </c>
       <c r="B182" s="15">
         <v>44853</v>
       </c>
       <c r="C182" s="11" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="D182" s="12">
         <v>6.1470000000000002</v>
       </c>
       <c r="E182" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F182" s="13">
         <v>1311411</v>
       </c>
       <c r="G182" s="16" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="H182" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I182" s="27" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="J182" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K182" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="183" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A183" s="13">
         <v>181</v>
       </c>
       <c r="B183" s="15">
         <v>44858</v>
       </c>
       <c r="C183" s="11" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="D183" s="12">
         <v>8</v>
       </c>
       <c r="E183" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F183" s="13">
         <v>1297423</v>
       </c>
       <c r="G183" s="16" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="H183" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I183" s="27" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="J183" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K183" s="17" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="184" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A184" s="13">
         <v>182</v>
       </c>
       <c r="B184" s="15">
         <v>44860</v>
       </c>
       <c r="C184" s="11" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="D184" s="12">
         <v>9</v>
       </c>
       <c r="E184" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F184" s="13">
         <v>1298887</v>
       </c>
       <c r="G184" s="16" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="H184" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I184" s="27" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="J184" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K184" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="185" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A185" s="13">
         <v>183</v>
       </c>
       <c r="B185" s="15">
         <v>44860</v>
       </c>
       <c r="C185" s="11" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="D185" s="12">
         <v>8</v>
       </c>
       <c r="E185" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F185" s="13">
         <v>1298350</v>
       </c>
       <c r="G185" s="16" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="H185" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I185" s="14" t="s">
         <v>333</v>
       </c>
       <c r="J185" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K185" s="17"/>
     </row>
     <row r="186" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A186" s="13">
         <v>184</v>
       </c>
       <c r="B186" s="15">
         <v>44860</v>
       </c>
       <c r="C186" s="11" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="D186" s="12">
         <v>10</v>
       </c>
       <c r="E186" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F186" s="13">
         <v>1298904</v>
       </c>
       <c r="G186" s="16" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="H186" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I186" s="14" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="J186" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K186" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="187" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A187" s="13">
         <v>185</v>
       </c>
       <c r="B187" s="15">
         <v>44861</v>
       </c>
       <c r="C187" s="11" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="D187" s="12">
         <v>5</v>
       </c>
       <c r="E187" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F187" s="13">
         <v>1298602</v>
       </c>
       <c r="G187" s="16" t="s">
         <v>85</v>
       </c>
       <c r="H187" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I187" s="14" t="s">
         <v>87</v>
       </c>
       <c r="J187" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K187" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="188" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A188" s="13">
         <v>186</v>
       </c>
       <c r="B188" s="15">
         <v>44861</v>
       </c>
       <c r="C188" s="11" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="D188" s="12">
         <v>15</v>
       </c>
       <c r="E188" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F188" s="13">
         <v>1299250</v>
       </c>
       <c r="G188" s="16" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="H188" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I188" s="27" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="J188" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K188" s="17"/>
     </row>
     <row r="189" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A189" s="13">
         <v>187</v>
       </c>
       <c r="B189" s="15">
         <v>44861</v>
       </c>
       <c r="C189" s="11" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="D189" s="12">
         <v>3</v>
       </c>
       <c r="E189" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F189" s="13">
         <v>1299151</v>
       </c>
       <c r="G189" s="16" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="H189" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I189" s="27" t="s">
         <v>426</v>
       </c>
       <c r="J189" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K189" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="190" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A190" s="13">
         <v>188</v>
       </c>
       <c r="B190" s="15">
         <v>44865</v>
       </c>
       <c r="C190" s="11" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D190" s="12">
         <v>17.5</v>
       </c>
       <c r="E190" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F190" s="13">
         <v>1299640</v>
       </c>
       <c r="G190" s="16" t="s">
         <v>446</v>
       </c>
       <c r="H190" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I190" s="14" t="s">
         <v>115</v>
       </c>
       <c r="J190" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K190" s="17"/>
     </row>
     <row r="191" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A191" s="13">
         <v>189</v>
       </c>
       <c r="B191" s="15">
         <v>44865</v>
       </c>
       <c r="C191" s="11" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="D191" s="12">
         <v>16</v>
       </c>
       <c r="E191" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F191" s="13">
         <v>1311412</v>
       </c>
       <c r="G191" s="16" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="H191" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I191" s="14" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="J191" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K191" s="14" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
     </row>
     <row r="192" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A192" s="13">
         <v>190</v>
       </c>
       <c r="B192" s="15">
         <v>44865</v>
       </c>
       <c r="C192" s="11" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="D192" s="12">
         <v>17</v>
       </c>
       <c r="E192" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F192" s="13">
         <v>1301188</v>
       </c>
       <c r="G192" s="16" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="H192" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I192" s="14" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="J192" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K192" s="17"/>
     </row>
     <row r="193" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A193" s="13">
         <v>191</v>
       </c>
       <c r="B193" s="15">
         <v>44865</v>
       </c>
       <c r="C193" s="11" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="D193" s="12">
         <v>12</v>
       </c>
       <c r="E193" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F193" s="13">
         <v>1301303</v>
       </c>
       <c r="G193" s="16" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="H193" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I193" s="14" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="J193" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K193" s="17"/>
     </row>
     <row r="194" spans="1:11" s="22" customFormat="1" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A194" s="13">
         <v>192</v>
       </c>
       <c r="B194" s="15">
         <v>44865</v>
       </c>
       <c r="C194" s="11" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="D194" s="12">
         <v>8.1300000000000008</v>
       </c>
       <c r="E194" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F194" s="13">
         <v>1301196</v>
       </c>
       <c r="G194" s="16" t="s">
+        <v>502</v>
+      </c>
+      <c r="H194" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I194" s="14" t="s">
         <v>503</v>
-      </c>
-[...4 lines deleted...]
-        <v>504</v>
       </c>
       <c r="J194" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K194" s="14" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
     </row>
     <row r="195" spans="1:11" s="22" customFormat="1" ht="70" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A195" s="13">
         <v>193</v>
       </c>
       <c r="B195" s="15">
         <v>44865</v>
       </c>
       <c r="C195" s="11" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="D195" s="12">
         <v>6.5</v>
       </c>
       <c r="E195" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F195" s="13">
         <v>1301259</v>
       </c>
       <c r="G195" s="16" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="H195" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I195" s="14" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="J195" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K195" s="17" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="196" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A196" s="13">
         <v>194</v>
       </c>
       <c r="B196" s="15">
         <v>44879</v>
       </c>
       <c r="C196" s="11" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="D196" s="12">
         <v>7</v>
       </c>
       <c r="E196" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F196" s="13">
         <v>1308109</v>
       </c>
       <c r="G196" s="16" t="s">
         <v>118</v>
       </c>
       <c r="H196" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I196" s="14" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="J196" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K196" s="17"/>
     </row>
     <row r="197" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A197" s="13">
         <v>195</v>
       </c>
       <c r="B197" s="15">
         <v>44887</v>
       </c>
       <c r="C197" s="11" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="D197" s="12">
         <v>11</v>
       </c>
       <c r="E197" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F197" s="13">
         <v>1312172</v>
       </c>
       <c r="G197" s="16" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="H197" s="14" t="s">
         <v>59</v>
       </c>
       <c r="I197" s="14" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="J197" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K197" s="17"/>
     </row>
     <row r="198" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A198" s="13">
         <v>196</v>
       </c>
       <c r="B198" s="15">
         <v>44887</v>
       </c>
       <c r="C198" s="11" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="D198" s="12">
         <v>22.5</v>
       </c>
       <c r="E198" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F198" s="13">
         <v>1310495</v>
       </c>
       <c r="G198" s="16" t="s">
         <v>363</v>
       </c>
       <c r="H198" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I198" s="14" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="J198" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K198" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="199" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A199" s="13">
         <v>197</v>
       </c>
       <c r="B199" s="15">
         <v>44889</v>
       </c>
       <c r="C199" s="11" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="D199" s="12">
         <v>8</v>
       </c>
       <c r="E199" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F199" s="13">
         <v>1313249</v>
       </c>
       <c r="G199" s="16" t="s">
         <v>241</v>
       </c>
       <c r="H199" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I199" s="14" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="J199" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K199" s="17"/>
     </row>
     <row r="200" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A200" s="13">
         <v>198</v>
       </c>
       <c r="B200" s="15">
         <v>44889</v>
       </c>
       <c r="C200" s="11" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="D200" s="12">
         <v>5</v>
       </c>
       <c r="E200" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F200" s="13">
         <v>1313431</v>
       </c>
       <c r="G200" s="16" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="H200" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I200" s="14" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="J200" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K200" s="14" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
     </row>
     <row r="201" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A201" s="13">
         <v>199</v>
       </c>
       <c r="B201" s="15">
         <v>44890</v>
       </c>
       <c r="C201" s="11" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="D201" s="12">
         <v>4</v>
       </c>
       <c r="E201" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F201" s="13">
         <v>1313954</v>
       </c>
       <c r="G201" s="16" t="s">
+        <v>519</v>
+      </c>
+      <c r="H201" s="14" t="s">
         <v>520</v>
       </c>
-      <c r="H201" s="14" t="s">
+      <c r="I201" s="14" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
       <c r="J201" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K201" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="202" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A202" s="13">
         <v>200</v>
       </c>
       <c r="B202" s="15">
         <v>44893</v>
       </c>
       <c r="C202" s="11" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="D202" s="12">
         <v>25</v>
       </c>
       <c r="E202" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F202" s="13">
         <v>1312364</v>
       </c>
       <c r="G202" s="16" t="s">
         <v>386</v>
       </c>
       <c r="H202" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I202" s="14" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="J202" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K202" s="17"/>
     </row>
     <row r="203" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A203" s="13">
         <v>201</v>
       </c>
       <c r="B203" s="15">
         <v>44893</v>
       </c>
       <c r="C203" s="11" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="D203" s="12">
         <v>5</v>
       </c>
       <c r="E203" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F203" s="13">
         <v>1308054</v>
       </c>
       <c r="G203" s="16" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="H203" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I203" s="14" t="s">
         <v>333</v>
       </c>
       <c r="J203" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K203" s="17"/>
     </row>
     <row r="204" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A204" s="13">
         <v>202</v>
       </c>
       <c r="B204" s="15">
         <v>44893</v>
       </c>
       <c r="C204" s="11" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="D204" s="12">
         <v>10</v>
       </c>
       <c r="E204" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F204" s="13">
         <v>1315148</v>
       </c>
       <c r="G204" s="16" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="H204" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I204" s="14" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J204" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K204" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="205" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A205" s="13">
         <v>203</v>
       </c>
       <c r="B205" s="15">
         <v>44894</v>
       </c>
       <c r="C205" s="11" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="D205" s="12">
         <v>7</v>
       </c>
       <c r="E205" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F205" s="13">
         <v>1315266</v>
       </c>
       <c r="G205" s="16" t="s">
         <v>354</v>
       </c>
       <c r="H205" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I205" s="14" t="s">
         <v>355</v>
       </c>
       <c r="J205" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K205" s="17"/>
     </row>
     <row r="206" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A206" s="13">
         <v>204</v>
       </c>
       <c r="B206" s="15">
         <v>44895</v>
       </c>
       <c r="C206" s="11" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="D206" s="12">
         <v>9</v>
       </c>
       <c r="E206" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F206" s="13">
         <v>1316243</v>
       </c>
       <c r="G206" s="16" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="H206" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I206" s="14" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="J206" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K206" s="17" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="207" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A207" s="13">
         <v>205</v>
       </c>
       <c r="B207" s="15">
         <v>44895</v>
       </c>
       <c r="C207" s="11" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="D207" s="12">
         <v>10</v>
       </c>
       <c r="E207" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F207" s="13">
         <v>1316250</v>
       </c>
       <c r="G207" s="16" t="s">
         <v>414</v>
       </c>
       <c r="H207" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I207" s="14" t="s">
         <v>415</v>
       </c>
       <c r="J207" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K207" s="17" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="208" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A208" s="13">
         <v>206</v>
       </c>
       <c r="B208" s="15">
         <v>44900</v>
       </c>
       <c r="C208" s="11" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="D208" s="12">
         <v>17.5</v>
       </c>
       <c r="E208" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F208" s="13">
         <v>1317202</v>
       </c>
       <c r="G208" s="16" t="s">
         <v>376</v>
       </c>
       <c r="H208" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I208" s="14" t="s">
         <v>405</v>
       </c>
       <c r="J208" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K208" s="17" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="209" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A209" s="13">
         <v>207</v>
       </c>
       <c r="B209" s="15">
         <v>44914</v>
       </c>
       <c r="C209" s="11" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="D209" s="12">
         <v>15</v>
       </c>
       <c r="E209" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F209" s="13">
         <v>1326038</v>
       </c>
       <c r="G209" s="16" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="H209" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I209" s="14" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="J209" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K209" s="17" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="210" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A210" s="13">
         <v>208</v>
       </c>
       <c r="B210" s="15">
         <v>44914</v>
       </c>
       <c r="C210" s="11" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="D210" s="12">
         <v>15</v>
       </c>
       <c r="E210" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F210" s="13">
         <v>1325390</v>
       </c>
       <c r="G210" s="16" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="H210" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I210" s="14" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="J210" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K210" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="211" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A211" s="13">
         <v>209</v>
       </c>
       <c r="B211" s="15">
         <v>44915</v>
       </c>
       <c r="C211" s="11" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="D211" s="12">
         <v>16</v>
       </c>
       <c r="E211" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F211" s="13">
         <v>1327184</v>
       </c>
       <c r="G211" s="16" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="H211" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I211" s="14" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="J211" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K211" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="212" spans="1:11" s="22" customFormat="1" ht="70" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A212" s="13">
         <v>210</v>
       </c>
       <c r="B212" s="15">
         <v>44921</v>
       </c>
       <c r="C212" s="11" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="D212" s="12">
         <v>20</v>
       </c>
       <c r="E212" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F212" s="13">
         <v>1330445</v>
       </c>
       <c r="G212" s="16" t="s">
         <v>407</v>
       </c>
       <c r="H212" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I212" s="14" t="s">
         <v>248</v>
       </c>
       <c r="J212" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K212" s="17" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="213" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A213" s="13">
         <v>211</v>
       </c>
       <c r="B213" s="15">
         <v>44921</v>
       </c>
       <c r="C213" s="11" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="D213" s="12">
         <v>13.5</v>
       </c>
       <c r="E213" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F213" s="13">
         <v>1330502</v>
       </c>
       <c r="G213" s="16" t="s">
         <v>395</v>
       </c>
       <c r="H213" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I213" s="14" t="s">
         <v>396</v>
       </c>
       <c r="J213" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K213" s="14" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="214" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A214" s="13">
         <v>212</v>
       </c>
       <c r="B214" s="15">
         <v>44922</v>
       </c>
       <c r="C214" s="11" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="D214" s="12">
         <v>15</v>
       </c>
       <c r="E214" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F214" s="13">
         <v>1330584</v>
       </c>
       <c r="G214" s="16" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="H214" s="14" t="s">
         <v>234</v>
       </c>
       <c r="I214" s="14" t="s">
         <v>443</v>
       </c>
       <c r="J214" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K214" s="17"/>
     </row>
     <row r="215" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A215" s="13">
         <v>213</v>
       </c>
       <c r="B215" s="15">
         <v>44922</v>
       </c>
       <c r="C215" s="11" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="D215" s="12">
         <v>24</v>
       </c>
       <c r="E215" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F215" s="13">
         <v>1330712</v>
       </c>
       <c r="G215" s="16" t="s">
         <v>438</v>
       </c>
       <c r="H215" s="14" t="s">
         <v>39</v>
       </c>
       <c r="I215" s="14" t="s">
         <v>439</v>
       </c>
       <c r="J215" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K215" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="216" spans="1:11" s="23" customFormat="1" ht="70" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A216" s="13">
         <v>214</v>
       </c>
       <c r="B216" s="15">
         <v>44923</v>
       </c>
       <c r="C216" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="D216" s="12">
         <v>9.5</v>
       </c>
       <c r="E216" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F216" s="13">
         <v>1330769</v>
       </c>
       <c r="G216" s="16" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="H216" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I216" s="14" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="J216" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K216" s="17" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="217" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A217" s="13">
         <v>215</v>
       </c>
       <c r="B217" s="15">
         <v>44924</v>
       </c>
       <c r="C217" s="11" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="D217" s="12">
         <v>17</v>
       </c>
       <c r="E217" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F217" s="13">
         <v>1330884</v>
       </c>
       <c r="G217" s="16" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H217" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I217" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J217" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K217" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="218" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A218" s="13">
         <v>216</v>
       </c>
       <c r="B218" s="15">
         <v>44924</v>
       </c>
       <c r="C218" s="11" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="D218" s="12">
         <v>25</v>
       </c>
       <c r="E218" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F218" s="13">
         <v>1330887</v>
       </c>
       <c r="G218" s="16" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="H218" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I218" s="14" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="J218" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K218" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="219" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A219" s="13">
         <v>217</v>
       </c>
       <c r="B219" s="15">
         <v>44924</v>
       </c>
       <c r="C219" s="11" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="D219" s="12">
         <v>20</v>
       </c>
       <c r="E219" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F219" s="13">
         <v>1330879</v>
       </c>
       <c r="G219" s="16" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="H219" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I219" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J219" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K219" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="220" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A220" s="13">
         <v>218</v>
       </c>
       <c r="B220" s="15">
         <v>44924</v>
       </c>
       <c r="C220" s="11" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="D220" s="12">
         <v>25</v>
       </c>
       <c r="E220" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F220" s="13">
         <v>1330901</v>
       </c>
       <c r="G220" s="16" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="H220" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I220" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J220" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K220" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="221" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A221" s="13">
         <v>219</v>
       </c>
       <c r="B221" s="15">
         <v>44924</v>
       </c>
       <c r="C221" s="11" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="D221" s="12">
         <v>25</v>
       </c>
       <c r="E221" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F221" s="13">
         <v>1330888</v>
       </c>
       <c r="G221" s="16" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="H221" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I221" s="14" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="J221" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K221" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="222" spans="1:11" s="23" customFormat="1" ht="70" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A222" s="13">
         <v>220</v>
       </c>
       <c r="B222" s="15">
         <v>44925</v>
       </c>
       <c r="C222" s="11" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="D222" s="12">
         <v>25</v>
       </c>
       <c r="E222" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F222" s="13">
         <v>1343954</v>
       </c>
       <c r="G222" s="16" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="H222" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I222" s="14" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="J222" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K222" s="17" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="223" spans="1:11" s="23" customFormat="1" ht="70" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A223" s="13">
         <v>221</v>
       </c>
       <c r="B223" s="15">
         <v>44925</v>
       </c>
       <c r="C223" s="11" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="D223" s="12">
         <v>19</v>
       </c>
       <c r="E223" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F223" s="13">
         <v>1331676</v>
       </c>
       <c r="G223" s="16" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="H223" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I223" s="14" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="J223" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K223" s="14" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
     </row>
     <row r="224" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A224" s="13">
         <v>222</v>
       </c>
       <c r="B224" s="15">
         <v>44925</v>
       </c>
       <c r="C224" s="11" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="D224" s="12">
         <v>7.79</v>
       </c>
       <c r="E224" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F224" s="13">
         <v>1333018</v>
       </c>
       <c r="G224" s="16" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="H224" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I224" s="14" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="J224" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K224" s="17"/>
     </row>
     <row r="225" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A225" s="13">
         <v>223</v>
       </c>
       <c r="B225" s="15">
         <v>44925</v>
       </c>
       <c r="C225" s="11" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="D225" s="12">
         <v>25</v>
       </c>
       <c r="E225" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F225" s="13">
         <v>1333285</v>
       </c>
       <c r="G225" s="16" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="H225" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I225" s="14" t="s">
         <v>421</v>
       </c>
       <c r="J225" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K225" s="17"/>
     </row>
     <row r="226" spans="1:11" s="23" customFormat="1" ht="107.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A226" s="13">
         <v>224</v>
       </c>
       <c r="B226" s="15">
         <v>44925</v>
       </c>
       <c r="C226" s="11" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="D226" s="12">
         <v>8.1999999999999993</v>
       </c>
       <c r="E226" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F226" s="13">
         <v>1333325</v>
       </c>
       <c r="G226" s="16" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="H226" s="14" t="s">
         <v>234</v>
       </c>
       <c r="I226" s="14" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="J226" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K226" s="14" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
     </row>
     <row r="227" spans="1:11" s="23" customFormat="1" ht="102.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A227" s="13">
         <v>225</v>
       </c>
       <c r="B227" s="15">
         <v>44938</v>
       </c>
       <c r="C227" s="11" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="D227" s="12">
         <v>9.7899999999999991</v>
       </c>
       <c r="E227" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F227" s="13">
         <v>1339349</v>
       </c>
       <c r="G227" s="16" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="H227" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I227" s="14" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="J227" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K227" s="14" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
     </row>
     <row r="228" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A228" s="13">
         <v>226</v>
       </c>
       <c r="B228" s="15">
         <v>44943</v>
       </c>
       <c r="C228" s="11" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="D228" s="12">
         <v>4</v>
       </c>
       <c r="E228" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F228" s="13">
         <v>1342321</v>
       </c>
       <c r="G228" s="16" t="s">
+        <v>580</v>
+      </c>
+      <c r="H228" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I228" s="14" t="s">
         <v>581</v>
-      </c>
-[...4 lines deleted...]
-        <v>582</v>
       </c>
       <c r="J228" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K228" s="14"/>
     </row>
     <row r="229" spans="1:11" s="23" customFormat="1" ht="126.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A229" s="13">
         <v>227</v>
       </c>
       <c r="B229" s="15">
         <v>44944</v>
       </c>
       <c r="C229" s="11" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="D229" s="12">
         <v>10</v>
       </c>
       <c r="E229" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F229" s="13">
         <v>1322467</v>
       </c>
       <c r="G229" s="16" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="H229" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I229" s="14" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="J229" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K229" s="14" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
     </row>
     <row r="230" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A230" s="13">
         <v>228</v>
       </c>
       <c r="B230" s="15">
         <v>44949</v>
       </c>
       <c r="C230" s="11" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="D230" s="12">
         <v>10</v>
       </c>
       <c r="E230" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F230" s="13">
         <v>1343006</v>
       </c>
       <c r="G230" s="16" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="H230" s="14" t="s">
         <v>59</v>
       </c>
       <c r="I230" s="14" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="J230" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K230" s="14"/>
     </row>
     <row r="231" spans="1:11" s="23" customFormat="1" ht="70" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A231" s="13">
         <v>229</v>
       </c>
       <c r="B231" s="15">
         <v>44950</v>
       </c>
       <c r="C231" s="11" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="D231" s="12">
         <v>10</v>
       </c>
       <c r="E231" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F231" s="13">
         <v>1354794</v>
       </c>
       <c r="G231" s="16" t="s">
         <v>280</v>
       </c>
       <c r="H231" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I231" s="14" t="s">
         <v>281</v>
       </c>
       <c r="J231" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K231" s="14" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="232" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A232" s="13">
         <v>230</v>
       </c>
       <c r="B232" s="15">
         <v>44951</v>
       </c>
       <c r="C232" s="11" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="D232" s="12">
         <v>25</v>
       </c>
       <c r="E232" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F232" s="13">
         <v>1345843</v>
       </c>
       <c r="G232" s="16" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="H232" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I232" s="14" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="J232" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K232" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="233" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A233" s="13">
         <v>231</v>
       </c>
       <c r="B233" s="15">
         <v>44956</v>
       </c>
       <c r="C233" s="11" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="D233" s="12">
         <v>20</v>
       </c>
       <c r="E233" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F233" s="13">
         <v>1348335</v>
       </c>
       <c r="G233" s="16" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="H233" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I233" s="14" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="J233" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K233" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="234" spans="1:11" s="23" customFormat="1" ht="70" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A234" s="13">
         <v>232</v>
       </c>
       <c r="B234" s="15">
         <v>44963</v>
       </c>
       <c r="C234" s="11" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="D234" s="12">
         <v>7.73</v>
       </c>
       <c r="E234" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F234" s="13">
         <v>1364063</v>
       </c>
       <c r="G234" s="16" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="H234" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I234" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="J234" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K234" s="14" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="235" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A235" s="13">
         <v>233</v>
       </c>
       <c r="B235" s="15">
         <v>44970</v>
       </c>
       <c r="C235" s="11" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="D235" s="12">
         <v>13.5</v>
       </c>
       <c r="E235" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F235" s="13">
         <v>1352850</v>
       </c>
       <c r="G235" s="16" t="s">
         <v>395</v>
       </c>
       <c r="H235" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I235" s="14" t="s">
         <v>396</v>
       </c>
       <c r="J235" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K235" s="14"/>
     </row>
     <row r="236" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A236" s="13">
         <v>234</v>
       </c>
       <c r="B236" s="15">
         <v>44970</v>
       </c>
       <c r="C236" s="11" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="D236" s="12">
         <v>13.5</v>
       </c>
       <c r="E236" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F236" s="13">
         <v>1352521</v>
       </c>
       <c r="G236" s="16" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="H236" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I236" s="14" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="J236" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K236" s="14"/>
     </row>
     <row r="237" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A237" s="13">
         <v>235</v>
       </c>
       <c r="B237" s="15">
         <v>44970</v>
       </c>
       <c r="C237" s="11" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="D237" s="12">
         <v>13.5</v>
       </c>
       <c r="E237" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F237" s="13">
         <v>1352768</v>
       </c>
       <c r="G237" s="16" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="H237" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I237" s="14" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="J237" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K237" s="14"/>
     </row>
     <row r="238" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A238" s="13">
         <v>236</v>
       </c>
       <c r="B238" s="15">
         <v>44977</v>
       </c>
       <c r="C238" s="11" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="D238" s="12">
         <v>8</v>
       </c>
       <c r="E238" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F238" s="13">
         <v>1354545</v>
       </c>
       <c r="G238" s="16" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="H238" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I238" s="14" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="J238" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K238" s="14"/>
     </row>
     <row r="239" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A239" s="13">
         <v>237</v>
       </c>
       <c r="B239" s="15">
         <v>44981</v>
       </c>
       <c r="C239" s="11" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="D239" s="12">
         <v>24</v>
       </c>
       <c r="E239" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F239" s="13">
         <v>1355626</v>
       </c>
       <c r="G239" s="16" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="H239" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I239" s="14" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="J239" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K239" s="14"/>
     </row>
     <row r="240" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A240" s="13">
         <v>238</v>
       </c>
       <c r="B240" s="15">
         <v>44984</v>
       </c>
       <c r="C240" s="11" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="D240" s="12">
         <v>8</v>
       </c>
       <c r="E240" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F240" s="13">
         <v>1353995</v>
       </c>
       <c r="G240" s="16" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="H240" s="14" t="s">
         <v>234</v>
       </c>
       <c r="I240" s="14" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="J240" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K240" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="241" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A241" s="13">
         <v>239</v>
       </c>
       <c r="B241" s="15">
         <v>44984</v>
       </c>
       <c r="C241" s="11" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="D241" s="12">
         <v>6</v>
       </c>
       <c r="E241" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F241" s="13">
         <v>1354981</v>
       </c>
       <c r="G241" s="16" t="s">
         <v>253</v>
       </c>
       <c r="H241" s="14" t="s">
         <v>59</v>
       </c>
       <c r="I241" s="14" t="s">
         <v>254</v>
       </c>
       <c r="J241" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K241" s="14"/>
     </row>
     <row r="242" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A242" s="13">
         <v>240</v>
       </c>
       <c r="B242" s="15">
         <v>44985</v>
       </c>
       <c r="C242" s="11" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="D242" s="12">
         <v>10</v>
       </c>
       <c r="E242" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F242" s="13">
         <v>1357401</v>
       </c>
       <c r="G242" s="16" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="H242" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I242" s="14" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="J242" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K242" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="243" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A243" s="13">
         <v>241</v>
       </c>
       <c r="B243" s="15">
         <v>44985</v>
       </c>
       <c r="C243" s="11" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="D243" s="12">
         <v>24</v>
       </c>
       <c r="E243" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F243" s="13">
         <v>1357404</v>
       </c>
       <c r="G243" s="16" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="H243" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I243" s="14" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="J243" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K243" s="14"/>
     </row>
     <row r="244" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A244" s="13">
         <v>242</v>
       </c>
       <c r="B244" s="15">
         <v>44985</v>
       </c>
       <c r="C244" s="11" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="D244" s="12">
         <v>12</v>
       </c>
       <c r="E244" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F244" s="13">
         <v>1357614</v>
       </c>
       <c r="G244" s="16" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="H244" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I244" s="14" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="J244" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K244" s="14"/>
     </row>
     <row r="245" spans="1:11" s="23" customFormat="1" ht="94" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A245" s="13">
         <v>243</v>
       </c>
       <c r="B245" s="15">
         <v>44987</v>
       </c>
       <c r="C245" s="11" t="s">
+        <v>616</v>
+      </c>
+      <c r="D245" s="12" t="s">
         <v>617</v>
-      </c>
-[...1 lines deleted...]
-        <v>618</v>
       </c>
       <c r="E245" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F245" s="13">
         <v>1357874</v>
       </c>
       <c r="G245" s="16" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H245" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I245" s="14" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="J245" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K245" s="14" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
     </row>
     <row r="246" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A246" s="13">
         <v>244</v>
       </c>
       <c r="B246" s="15">
         <v>44988</v>
       </c>
       <c r="C246" s="11" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="D246" s="12">
         <v>8</v>
       </c>
       <c r="E246" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F246" s="13">
         <v>1349490</v>
       </c>
       <c r="G246" s="16" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="H246" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I246" s="14" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="J246" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K246" s="14"/>
     </row>
     <row r="247" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A247" s="13">
         <v>245</v>
       </c>
       <c r="B247" s="15">
         <v>45006</v>
       </c>
       <c r="C247" s="11" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="D247" s="12">
         <v>6</v>
       </c>
       <c r="E247" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F247" s="13">
         <v>1365970</v>
       </c>
       <c r="G247" s="16" t="s">
         <v>189</v>
       </c>
       <c r="H247" s="14" t="s">
         <v>101</v>
       </c>
       <c r="I247" s="14" t="s">
         <v>190</v>
       </c>
       <c r="J247" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K247" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="248" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A248" s="13">
         <v>246</v>
       </c>
       <c r="B248" s="15">
         <v>45007</v>
       </c>
       <c r="C248" s="11" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="D248" s="12">
         <v>9</v>
       </c>
       <c r="E248" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F248" s="13">
         <v>1366149</v>
       </c>
       <c r="G248" s="16" t="s">
         <v>428</v>
       </c>
       <c r="H248" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I248" s="14" t="s">
         <v>377</v>
       </c>
       <c r="J248" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K248" s="14"/>
     </row>
     <row r="249" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A249" s="13">
         <v>247</v>
       </c>
       <c r="B249" s="15">
         <v>45012</v>
       </c>
       <c r="C249" s="11" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="D249" s="12">
         <v>10</v>
       </c>
       <c r="E249" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F249" s="13">
         <v>1367411</v>
       </c>
       <c r="G249" s="16" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="H249" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I249" s="14" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="J249" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K249" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="250" spans="1:11" s="23" customFormat="1" ht="70" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A250" s="13">
         <v>248</v>
       </c>
       <c r="B250" s="15">
         <v>45014</v>
       </c>
       <c r="C250" s="11" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="D250" s="12">
         <v>10</v>
       </c>
       <c r="E250" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F250" s="13">
         <v>1377634</v>
       </c>
       <c r="G250" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H250" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I250" s="14" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="J250" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K250" s="14" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
     </row>
     <row r="251" spans="1:11" s="23" customFormat="1" ht="70" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A251" s="13">
         <v>249</v>
       </c>
       <c r="B251" s="15">
         <v>45014</v>
       </c>
       <c r="C251" s="11" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="D251" s="12">
         <v>10</v>
       </c>
       <c r="E251" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F251" s="13">
         <v>1377638</v>
       </c>
       <c r="G251" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H251" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I251" s="14" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="J251" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K251" s="14" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
     </row>
     <row r="252" spans="1:11" s="23" customFormat="1" ht="70" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A252" s="13">
         <v>250</v>
       </c>
       <c r="B252" s="15">
         <v>45014</v>
       </c>
       <c r="C252" s="11" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="D252" s="12">
         <v>10</v>
       </c>
       <c r="E252" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F252" s="13">
         <v>1377660</v>
       </c>
       <c r="G252" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H252" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I252" s="14" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="J252" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K252" s="14" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
     </row>
     <row r="253" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A253" s="13">
         <v>251</v>
       </c>
       <c r="B253" s="15">
         <v>45014</v>
       </c>
       <c r="C253" s="11" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="D253" s="12">
         <v>4</v>
       </c>
       <c r="E253" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F253" s="13">
         <v>1370218</v>
       </c>
       <c r="G253" s="16" t="s">
+        <v>519</v>
+      </c>
+      <c r="H253" s="14" t="s">
         <v>520</v>
       </c>
-      <c r="H253" s="14" t="s">
+      <c r="I253" s="14" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
       <c r="J253" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K253" s="14"/>
     </row>
     <row r="254" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A254" s="13">
         <v>252</v>
       </c>
       <c r="B254" s="15">
         <v>45014</v>
       </c>
       <c r="C254" s="11" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="D254" s="12">
         <v>8</v>
       </c>
       <c r="E254" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F254" s="13">
         <v>1370358</v>
       </c>
       <c r="G254" s="16" t="s">
+        <v>634</v>
+      </c>
+      <c r="H254" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I254" s="14" t="s">
         <v>635</v>
-      </c>
-[...4 lines deleted...]
-        <v>636</v>
       </c>
       <c r="J254" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K254" s="14"/>
     </row>
     <row r="255" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A255" s="13">
         <v>253</v>
       </c>
       <c r="B255" s="15">
         <v>45014</v>
       </c>
       <c r="C255" s="11" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="D255" s="12">
         <v>6</v>
       </c>
       <c r="E255" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F255" s="13">
         <v>1370236</v>
       </c>
       <c r="G255" s="16" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>453</v>
+        <v>637</v>
+      </c>
+      <c r="H255" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I255" s="14" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="J255" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K255" s="14"/>
     </row>
     <row r="256" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A256" s="13">
         <v>254</v>
       </c>
       <c r="B256" s="15">
         <v>45016</v>
       </c>
       <c r="C256" s="11" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="D256" s="12">
         <v>10</v>
       </c>
       <c r="E256" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F256" s="13">
         <v>1358108</v>
       </c>
       <c r="G256" s="16" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="H256" s="14" t="s">
         <v>59</v>
       </c>
       <c r="I256" s="14" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="J256" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K256" s="14" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="257" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A257" s="13">
         <v>255</v>
       </c>
       <c r="B257" s="15">
         <v>45016</v>
       </c>
       <c r="C257" s="11" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="D257" s="12">
         <v>20</v>
       </c>
       <c r="E257" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F257" s="13">
         <v>1371398</v>
       </c>
       <c r="G257" s="16" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="H257" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I257" s="14" t="s">
         <v>248</v>
       </c>
       <c r="J257" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K257" s="14"/>
     </row>
     <row r="258" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A258" s="13">
         <v>256</v>
       </c>
       <c r="B258" s="15">
         <v>45019</v>
       </c>
       <c r="C258" s="11" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="D258" s="12">
         <v>5</v>
       </c>
       <c r="E258" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F258" s="13">
         <v>1370102</v>
       </c>
       <c r="G258" s="16" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="H258" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I258" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="J258" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K258" s="14"/>
     </row>
     <row r="259" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A259" s="13">
         <v>257</v>
       </c>
       <c r="B259" s="15">
         <v>45020</v>
       </c>
       <c r="C259" s="11" t="s">
-        <v>645</v>
+        <v>644</v>
       </c>
       <c r="D259" s="12">
         <v>15</v>
       </c>
       <c r="E259" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F259" s="13">
         <v>1372599</v>
       </c>
       <c r="G259" s="16" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="H259" s="14" t="s">
         <v>39</v>
       </c>
       <c r="I259" s="14" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="J259" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K259" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="260" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A260" s="13">
         <v>258</v>
       </c>
       <c r="B260" s="15">
         <v>45022</v>
       </c>
       <c r="C260" s="11" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="D260" s="12">
         <v>10</v>
       </c>
       <c r="E260" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F260" s="13">
         <v>1373166</v>
       </c>
       <c r="G260" s="16" t="s">
         <v>434</v>
       </c>
       <c r="H260" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I260" s="14" t="s">
         <v>435</v>
       </c>
       <c r="J260" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K260" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="261" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A261" s="13">
         <v>259</v>
       </c>
       <c r="B261" s="15">
         <v>45026</v>
       </c>
       <c r="C261" s="11" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="D261" s="12">
         <v>25</v>
       </c>
       <c r="E261" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F261" s="13">
         <v>1373635</v>
       </c>
       <c r="G261" s="16" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="H261" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I261" s="14" t="s">
         <v>333</v>
       </c>
       <c r="J261" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K261" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="262" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A262" s="13">
         <v>260</v>
       </c>
       <c r="B262" s="15">
         <v>45040</v>
       </c>
       <c r="C262" s="11" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="D262" s="12">
         <v>10</v>
       </c>
       <c r="E262" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F262" s="13">
         <v>1379426</v>
       </c>
       <c r="G262" s="16" t="s">
+        <v>651</v>
+      </c>
+      <c r="H262" s="14" t="s">
+        <v>520</v>
+      </c>
+      <c r="I262" s="14" t="s">
         <v>652</v>
-      </c>
-[...4 lines deleted...]
-        <v>653</v>
       </c>
       <c r="J262" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K262" s="14" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="263" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A263" s="13">
         <v>261</v>
       </c>
       <c r="B263" s="15">
         <v>45041</v>
       </c>
       <c r="C263" s="11" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
       <c r="D263" s="12">
         <v>8</v>
       </c>
       <c r="E263" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F263" s="13">
         <v>1380904</v>
       </c>
       <c r="G263" s="16" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="H263" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I263" s="14" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="J263" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K263" s="14"/>
     </row>
     <row r="264" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A264" s="13">
         <v>262</v>
       </c>
       <c r="B264" s="15">
         <v>45044</v>
       </c>
       <c r="C264" s="11" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="D264" s="12">
         <v>25</v>
       </c>
       <c r="E264" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F264" s="13">
         <v>1381991</v>
       </c>
       <c r="G264" s="16" t="s">
+        <v>657</v>
+      </c>
+      <c r="H264" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I264" s="14" t="s">
         <v>658</v>
-      </c>
-[...4 lines deleted...]
-        <v>659</v>
       </c>
       <c r="J264" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K264" s="14"/>
     </row>
     <row r="265" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A265" s="13">
         <v>263</v>
       </c>
       <c r="B265" s="15">
         <v>45044</v>
       </c>
       <c r="C265" s="11" t="s">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="D265" s="12">
         <v>10</v>
       </c>
       <c r="E265" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F265" s="13">
         <v>1382631</v>
       </c>
       <c r="G265" s="16" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="H265" s="14" t="s">
         <v>315</v>
       </c>
       <c r="I265" s="14" t="s">
         <v>316</v>
       </c>
       <c r="J265" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K265" s="14"/>
     </row>
     <row r="266" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A266" s="13">
         <v>264</v>
       </c>
       <c r="B266" s="15">
         <v>45044</v>
       </c>
       <c r="C266" s="11" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="D266" s="12">
         <v>10</v>
       </c>
       <c r="E266" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F266" s="13">
         <v>1382636</v>
       </c>
       <c r="G266" s="16" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="H266" s="14" t="s">
         <v>315</v>
       </c>
       <c r="I266" s="14" t="s">
         <v>316</v>
       </c>
       <c r="J266" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K266" s="14"/>
     </row>
     <row r="267" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A267" s="13">
         <v>265</v>
       </c>
       <c r="B267" s="15">
         <v>45044</v>
       </c>
       <c r="C267" s="11" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="D267" s="12">
         <v>10</v>
       </c>
       <c r="E267" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F267" s="13">
         <v>1382654</v>
       </c>
       <c r="G267" s="16" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="H267" s="14" t="s">
         <v>315</v>
       </c>
       <c r="I267" s="14" t="s">
         <v>316</v>
       </c>
       <c r="J267" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K267" s="14" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="268" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A268" s="13">
         <v>266</v>
       </c>
       <c r="B268" s="15">
         <v>45044</v>
       </c>
       <c r="C268" s="11" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="D268" s="12">
         <v>9</v>
       </c>
       <c r="E268" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F268" s="13">
         <v>1382873</v>
       </c>
       <c r="G268" s="16" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="H268" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I268" s="14" t="s">
         <v>333</v>
       </c>
       <c r="J268" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K268" s="14"/>
     </row>
     <row r="269" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A269" s="13">
         <v>267</v>
       </c>
       <c r="B269" s="15">
         <v>45044</v>
       </c>
       <c r="C269" s="11" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="D269" s="12">
         <v>20</v>
       </c>
       <c r="E269" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F269" s="13">
         <v>1382595</v>
       </c>
       <c r="G269" s="16" t="s">
+        <v>668</v>
+      </c>
+      <c r="H269" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I269" s="14" t="s">
         <v>669</v>
-      </c>
-[...4 lines deleted...]
-        <v>670</v>
       </c>
       <c r="J269" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K269" s="14"/>
     </row>
     <row r="270" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A270" s="13">
         <v>268</v>
       </c>
       <c r="B270" s="15">
         <v>45044</v>
       </c>
       <c r="C270" s="11" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="D270" s="12">
         <v>7</v>
       </c>
       <c r="E270" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F270" s="13">
         <v>1392079</v>
       </c>
       <c r="G270" s="16" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="H270" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I270" s="14" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="J270" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K270" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="271" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A271" s="13">
         <v>269</v>
       </c>
       <c r="B271" s="15">
         <v>45069</v>
       </c>
       <c r="C271" s="11" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="D271" s="12">
         <v>19</v>
       </c>
       <c r="E271" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F271" s="13">
         <v>1395820</v>
       </c>
       <c r="G271" s="16" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="H271" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I271" s="14" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="J271" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K271" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="272" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A272" s="13">
         <v>270</v>
       </c>
       <c r="B272" s="15">
         <v>45072</v>
       </c>
       <c r="C272" s="11" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="D272" s="12">
         <v>20</v>
       </c>
       <c r="E272" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F272" s="13">
         <v>1408399</v>
       </c>
       <c r="G272" s="16" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="H272" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I272" s="14" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="J272" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K272" s="14"/>
     </row>
     <row r="273" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A273" s="13">
         <v>271</v>
       </c>
       <c r="B273" s="15">
         <v>45072</v>
       </c>
       <c r="C273" s="11" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="D273" s="12">
         <v>8</v>
       </c>
       <c r="E273" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F273" s="13">
         <v>1395627</v>
       </c>
       <c r="G273" s="16" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="H273" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I273" s="14" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="J273" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K273" s="14"/>
     </row>
     <row r="274" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A274" s="13">
         <v>272</v>
       </c>
       <c r="B274" s="15">
         <v>45076</v>
       </c>
       <c r="C274" s="11" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="D274" s="12">
         <v>12</v>
       </c>
       <c r="E274" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F274" s="13">
         <v>1398847</v>
       </c>
       <c r="G274" s="16" t="s">
         <v>376</v>
       </c>
       <c r="H274" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I274" s="14" t="s">
         <v>405</v>
       </c>
       <c r="J274" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K274" s="14"/>
     </row>
     <row r="275" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A275" s="13">
         <v>273</v>
       </c>
       <c r="B275" s="15">
         <v>45076</v>
       </c>
       <c r="C275" s="11" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="D275" s="12">
         <v>25</v>
       </c>
       <c r="E275" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F275" s="13">
         <v>1408426</v>
       </c>
       <c r="G275" s="16" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="H275" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I275" s="14" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="J275" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K275" s="14"/>
     </row>
     <row r="276" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A276" s="13">
         <v>274</v>
       </c>
       <c r="B276" s="15">
         <v>45077</v>
       </c>
       <c r="C276" s="11" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="D276" s="12">
         <v>10</v>
       </c>
       <c r="E276" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F276" s="13">
         <v>1399906</v>
       </c>
       <c r="G276" s="16" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="H276" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I276" s="14" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="J276" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K276" s="14"/>
     </row>
     <row r="277" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A277" s="13">
         <v>275</v>
       </c>
       <c r="B277" s="15">
         <v>45077</v>
       </c>
       <c r="C277" s="11" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="D277" s="12">
         <v>9</v>
       </c>
       <c r="E277" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F277" s="13">
         <v>1381387</v>
       </c>
       <c r="G277" s="16" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="H277" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I277" s="14" t="s">
         <v>333</v>
       </c>
       <c r="J277" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K277" s="14"/>
     </row>
     <row r="278" spans="1:11" s="23" customFormat="1" ht="96.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A278" s="13">
         <v>276</v>
       </c>
       <c r="B278" s="15">
         <v>45077</v>
       </c>
       <c r="C278" s="11" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="D278" s="12">
         <v>10</v>
       </c>
       <c r="E278" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F278" s="13">
         <v>1408440</v>
       </c>
       <c r="G278" s="18" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="H278" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I278" s="14" t="s">
         <v>126</v>
       </c>
       <c r="J278" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K278" s="14" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
     </row>
     <row r="279" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A279" s="13">
         <v>277</v>
       </c>
       <c r="B279" s="15">
         <v>45077</v>
       </c>
       <c r="C279" s="11" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="D279" s="12">
         <v>7.6</v>
       </c>
       <c r="E279" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F279" s="13">
         <v>1395657</v>
       </c>
       <c r="G279" s="16" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="H279" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I279" s="14" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="J279" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K279" s="14"/>
     </row>
     <row r="280" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A280" s="13">
         <v>278</v>
       </c>
       <c r="B280" s="15">
         <v>45077</v>
       </c>
       <c r="C280" s="11" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="D280" s="12">
         <v>16</v>
       </c>
       <c r="E280" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F280" s="13">
         <v>1400039</v>
       </c>
       <c r="G280" s="16" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="H280" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I280" s="14" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="J280" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K280" s="14"/>
     </row>
     <row r="281" spans="1:11" s="23" customFormat="1" ht="96.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A281" s="13">
         <v>279</v>
       </c>
       <c r="B281" s="15">
         <v>45077</v>
       </c>
       <c r="C281" s="11" t="s">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="D281" s="12">
         <v>20.18</v>
       </c>
       <c r="E281" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F281" s="13">
         <v>1400213</v>
       </c>
       <c r="G281" s="18" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="H281" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I281" s="14" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="J281" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K281" s="14" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
     </row>
     <row r="282" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A282" s="13">
         <v>280</v>
       </c>
       <c r="B282" s="15">
         <v>45077</v>
       </c>
       <c r="C282" s="11" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="D282" s="12">
         <v>9</v>
       </c>
       <c r="E282" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F282" s="13">
         <v>1400225</v>
       </c>
       <c r="G282" s="16" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="H282" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I282" s="14" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="J282" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K282" s="14"/>
     </row>
     <row r="283" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A283" s="13">
         <v>281</v>
       </c>
       <c r="B283" s="15">
         <v>45082</v>
       </c>
       <c r="C283" s="11" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="D283" s="12">
         <v>20</v>
       </c>
       <c r="E283" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F283" s="13">
         <v>1401379</v>
       </c>
       <c r="G283" s="16" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="H283" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I283" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J283" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K283" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="284" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A284" s="13">
         <v>282</v>
       </c>
       <c r="B284" s="15">
         <v>45082</v>
       </c>
       <c r="C284" s="11" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="D284" s="12">
         <v>25</v>
       </c>
       <c r="E284" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F284" s="13">
         <v>1401410</v>
       </c>
       <c r="G284" s="16" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="H284" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I284" s="14" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="J284" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K284" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="285" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A285" s="13">
         <v>283</v>
       </c>
       <c r="B285" s="15">
         <v>45082</v>
       </c>
       <c r="C285" s="11" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="D285" s="12">
         <v>25</v>
       </c>
       <c r="E285" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F285" s="13">
         <v>1401400</v>
       </c>
       <c r="G285" s="16" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="H285" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I285" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J285" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K285" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="286" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A286" s="13">
         <v>284</v>
       </c>
       <c r="B286" s="15">
         <v>45082</v>
       </c>
       <c r="C286" s="11" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="D286" s="12">
         <v>25</v>
       </c>
       <c r="E286" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F286" s="13">
         <v>1401411</v>
       </c>
       <c r="G286" s="16" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="H286" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I286" s="14" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="J286" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K286" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="287" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A287" s="13">
         <v>285</v>
       </c>
       <c r="B287" s="15">
         <v>45082</v>
       </c>
       <c r="C287" s="11" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="D287" s="12">
         <v>17</v>
       </c>
       <c r="E287" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F287" s="13">
         <v>1401378</v>
       </c>
       <c r="G287" s="16" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H287" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I287" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J287" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K287" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="288" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A288" s="13">
         <v>286</v>
       </c>
       <c r="B288" s="15">
         <v>45096</v>
       </c>
       <c r="C288" s="11" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="D288" s="12">
         <v>20</v>
       </c>
       <c r="E288" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F288" s="13">
         <v>1409647</v>
       </c>
       <c r="G288" s="16" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="H288" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I288" s="14" t="s">
         <v>172</v>
       </c>
       <c r="J288" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K288" s="14"/>
     </row>
     <row r="289" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A289" s="13">
         <v>287</v>
       </c>
       <c r="B289" s="15">
         <v>45097</v>
       </c>
       <c r="C289" s="11" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="D289" s="12">
         <v>8</v>
       </c>
       <c r="E289" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F289" s="13">
         <v>1410063</v>
       </c>
       <c r="G289" s="16" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="H289" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I289" s="14" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="J289" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K289" s="14"/>
     </row>
     <row r="290" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A290" s="13">
         <v>288</v>
       </c>
       <c r="B290" s="15">
         <v>45097</v>
       </c>
       <c r="C290" s="11" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="D290" s="12">
         <v>15</v>
       </c>
       <c r="E290" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F290" s="13">
         <v>1410194</v>
       </c>
       <c r="G290" s="16" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="H290" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I290" s="14" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="J290" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K290" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="291" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A291" s="13">
         <v>289</v>
       </c>
       <c r="B291" s="15">
         <v>45099</v>
       </c>
       <c r="C291" s="11" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D291" s="12">
         <v>8.1999999999999993</v>
       </c>
       <c r="E291" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F291" s="13">
         <v>1409636</v>
       </c>
       <c r="G291" s="16" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="H291" s="14" t="s">
         <v>234</v>
       </c>
       <c r="I291" s="14" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="J291" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K291" s="14" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="292" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A292" s="13">
         <v>290</v>
       </c>
       <c r="B292" s="15">
         <v>45099</v>
       </c>
       <c r="C292" s="11" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="D292" s="12">
         <v>5</v>
       </c>
       <c r="E292" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F292" s="13">
         <v>1420062</v>
       </c>
       <c r="G292" s="16" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="H292" s="14" t="s">
         <v>101</v>
       </c>
       <c r="I292" s="14" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="J292" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K292" s="14"/>
     </row>
     <row r="293" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A293" s="13">
         <v>291</v>
       </c>
       <c r="B293" s="15">
         <v>45099</v>
       </c>
       <c r="C293" s="11" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
       <c r="D293" s="12">
         <v>5</v>
       </c>
       <c r="E293" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F293" s="13">
         <v>1420065</v>
       </c>
       <c r="G293" s="16" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="H293" s="14" t="s">
         <v>101</v>
       </c>
       <c r="I293" s="14" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="J293" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K293" s="14"/>
     </row>
     <row r="294" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A294" s="13">
         <v>292</v>
       </c>
       <c r="B294" s="15">
         <v>45099</v>
       </c>
       <c r="C294" s="11" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="D294" s="12">
         <v>5</v>
       </c>
       <c r="E294" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F294" s="13">
         <v>1420069</v>
       </c>
       <c r="G294" s="16" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="H294" s="14" t="s">
         <v>101</v>
       </c>
       <c r="I294" s="14" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="J294" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K294" s="14"/>
     </row>
     <row r="295" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A295" s="13">
         <v>293</v>
       </c>
       <c r="B295" s="15">
         <v>45099</v>
       </c>
       <c r="C295" s="11" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="D295" s="12">
         <v>5</v>
       </c>
       <c r="E295" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F295" s="13">
         <v>1420085</v>
       </c>
       <c r="G295" s="16" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="H295" s="14" t="s">
         <v>101</v>
       </c>
       <c r="I295" s="14" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="J295" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K295" s="14"/>
     </row>
     <row r="296" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A296" s="13">
         <v>294</v>
       </c>
       <c r="B296" s="15">
         <v>45099</v>
       </c>
       <c r="C296" s="11" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="D296" s="12">
         <v>5</v>
       </c>
       <c r="E296" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F296" s="13">
         <v>1420087</v>
       </c>
       <c r="G296" s="16" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="H296" s="14" t="s">
         <v>101</v>
       </c>
       <c r="I296" s="14" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="J296" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K296" s="14"/>
     </row>
     <row r="297" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A297" s="13">
         <v>295</v>
       </c>
       <c r="B297" s="15">
         <v>45100</v>
       </c>
       <c r="C297" s="11" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="D297" s="12">
         <v>25</v>
       </c>
       <c r="E297" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F297" s="13">
         <v>1411580</v>
       </c>
       <c r="G297" s="16" t="s">
+        <v>723</v>
+      </c>
+      <c r="H297" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I297" s="14" t="s">
         <v>724</v>
-      </c>
-[...4 lines deleted...]
-        <v>725</v>
       </c>
       <c r="J297" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K297" s="14" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="298" spans="1:11" s="23" customFormat="1" ht="86.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A298" s="13">
         <v>296</v>
       </c>
       <c r="B298" s="15">
         <v>45100</v>
       </c>
       <c r="C298" s="11" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="D298" s="12">
         <v>8</v>
       </c>
       <c r="E298" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F298" s="13">
         <v>1411250</v>
       </c>
       <c r="G298" s="16" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="H298" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I298" s="14" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="J298" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K298" s="14" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
     </row>
     <row r="299" spans="1:11" s="23" customFormat="1" ht="85" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A299" s="13">
         <v>297</v>
       </c>
       <c r="B299" s="15">
         <v>45100</v>
       </c>
       <c r="C299" s="11" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="D299" s="12">
         <v>8</v>
       </c>
       <c r="E299" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F299" s="13">
         <v>1411246</v>
       </c>
       <c r="G299" s="16" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="H299" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I299" s="14" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="J299" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K299" s="14" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
     </row>
     <row r="300" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A300" s="13">
         <v>298</v>
       </c>
       <c r="B300" s="15">
         <v>45100</v>
       </c>
       <c r="C300" s="11" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="D300" s="12">
         <v>5</v>
       </c>
       <c r="E300" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F300" s="13">
         <v>1411507</v>
       </c>
       <c r="G300" s="16" t="s">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="H300" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I300" s="14" t="s">
         <v>333</v>
       </c>
       <c r="J300" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K300" s="14"/>
     </row>
     <row r="301" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A301" s="13">
         <v>299</v>
       </c>
       <c r="B301" s="15">
         <v>45111</v>
       </c>
       <c r="C301" s="11" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="D301" s="12">
         <v>20</v>
       </c>
       <c r="E301" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F301" s="13">
         <v>1411945</v>
       </c>
       <c r="G301" s="16" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="H301" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I301" s="14" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="J301" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K301" s="14"/>
     </row>
     <row r="302" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A302" s="13">
         <v>300</v>
       </c>
       <c r="B302" s="15">
         <v>45112</v>
       </c>
       <c r="C302" s="11" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="D302" s="12">
         <v>7</v>
       </c>
       <c r="E302" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F302" s="13">
         <v>1414006</v>
       </c>
       <c r="G302" s="16" t="s">
+        <v>651</v>
+      </c>
+      <c r="H302" s="14" t="s">
+        <v>520</v>
+      </c>
+      <c r="I302" s="14" t="s">
         <v>652</v>
-      </c>
-[...4 lines deleted...]
-        <v>653</v>
       </c>
       <c r="J302" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K302" s="14" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="303" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A303" s="13">
         <v>301</v>
       </c>
       <c r="B303" s="15">
         <v>45118</v>
       </c>
       <c r="C303" s="11" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="D303" s="12">
         <v>19</v>
       </c>
       <c r="E303" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F303" s="13">
         <v>1414973</v>
       </c>
       <c r="G303" s="16" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="H303" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I303" s="14" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="J303" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K303" s="14"/>
     </row>
     <row r="304" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A304" s="13">
         <v>302</v>
       </c>
       <c r="B304" s="15">
         <v>45124</v>
       </c>
       <c r="C304" s="11" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="D304" s="12">
         <v>10</v>
       </c>
       <c r="E304" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F304" s="13">
         <v>1418006</v>
       </c>
       <c r="G304" s="16" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="H304" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I304" s="14" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="J304" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K304" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="305" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A305" s="13">
         <v>303</v>
       </c>
       <c r="B305" s="15">
         <v>45125</v>
       </c>
       <c r="C305" s="11" t="s">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="D305" s="12">
         <v>10</v>
       </c>
       <c r="E305" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F305" s="13">
         <v>1419061</v>
       </c>
       <c r="G305" s="16" t="s">
         <v>280</v>
       </c>
       <c r="H305" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I305" s="14" t="s">
         <v>281</v>
       </c>
       <c r="J305" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K305" s="14"/>
     </row>
     <row r="306" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A306" s="13">
         <v>304</v>
       </c>
       <c r="B306" s="15">
         <v>45132</v>
       </c>
       <c r="C306" s="11" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="D306" s="12">
         <v>7</v>
       </c>
       <c r="E306" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F306" s="13">
         <v>1420854</v>
       </c>
       <c r="G306" s="16" t="s">
+        <v>744</v>
+      </c>
+      <c r="H306" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I306" s="14" t="s">
         <v>745</v>
-      </c>
-[...4 lines deleted...]
-        <v>746</v>
       </c>
       <c r="J306" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K306" s="14"/>
     </row>
     <row r="307" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A307" s="13">
         <v>305</v>
       </c>
       <c r="B307" s="15">
         <v>45132</v>
       </c>
       <c r="C307" s="11" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="D307" s="12">
         <v>10</v>
       </c>
       <c r="E307" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F307" s="13">
         <v>1422571</v>
       </c>
       <c r="G307" s="16" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="H307" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I307" s="14" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="J307" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K307" s="14"/>
     </row>
     <row r="308" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A308" s="13">
         <v>306</v>
       </c>
       <c r="B308" s="15">
         <v>45132</v>
       </c>
       <c r="C308" s="11" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="D308" s="12">
         <v>10</v>
       </c>
       <c r="E308" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F308" s="13">
         <v>1421131</v>
       </c>
       <c r="G308" s="16" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="H308" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I308" s="14" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="J308" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K308" s="14" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
     </row>
     <row r="309" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A309" s="13">
         <v>307</v>
       </c>
       <c r="B309" s="15">
         <v>45133</v>
       </c>
       <c r="C309" s="11" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="D309" s="12">
         <v>16</v>
       </c>
       <c r="E309" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F309" s="13">
         <v>1423111</v>
       </c>
       <c r="G309" s="16" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="H309" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I309" s="14" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="J309" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K309" s="14" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="310" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A310" s="13">
         <v>308</v>
       </c>
       <c r="B310" s="15">
         <v>45133</v>
       </c>
       <c r="C310" s="11" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="D310" s="12">
         <v>6</v>
       </c>
       <c r="E310" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F310" s="13">
         <v>1423372</v>
       </c>
       <c r="G310" s="16" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="H310" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I310" s="14" t="s">
-        <v>755</v>
+        <v>754</v>
       </c>
       <c r="J310" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K310" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="311" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A311" s="13">
         <v>309</v>
       </c>
       <c r="B311" s="15">
         <v>45134</v>
       </c>
       <c r="C311" s="11" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="D311" s="12">
         <v>25</v>
       </c>
       <c r="E311" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F311" s="13">
         <v>1420115</v>
       </c>
       <c r="G311" s="16" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H311" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I311" s="14" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="J311" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K311" s="14" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="312" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A312" s="13">
         <v>310</v>
       </c>
       <c r="B312" s="15">
         <v>45134</v>
       </c>
       <c r="C312" s="11" t="s">
-        <v>757</v>
+        <v>756</v>
       </c>
       <c r="D312" s="12">
         <v>5</v>
       </c>
       <c r="E312" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F312" s="13">
         <v>1423010</v>
       </c>
       <c r="G312" s="16" t="s">
         <v>85</v>
       </c>
       <c r="H312" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I312" s="14" t="s">
         <v>87</v>
       </c>
       <c r="J312" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K312" s="14" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="313" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A313" s="13">
         <v>311</v>
       </c>
       <c r="B313" s="15">
         <v>45138</v>
       </c>
       <c r="C313" s="11" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
       <c r="D313" s="12">
         <v>9</v>
       </c>
       <c r="E313" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F313" s="13">
         <v>1424882</v>
       </c>
       <c r="G313" s="16" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="H313" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I313" s="14" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="J313" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K313" s="14" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="314" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A314" s="13">
         <v>312</v>
       </c>
       <c r="B314" s="15">
         <v>45138</v>
       </c>
       <c r="C314" s="11" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="D314" s="12">
         <v>22.5</v>
       </c>
       <c r="E314" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F314" s="13">
         <v>1424441</v>
       </c>
       <c r="G314" s="16" t="s">
         <v>363</v>
       </c>
       <c r="H314" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I314" s="14" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="J314" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K314" s="14"/>
     </row>
     <row r="315" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A315" s="13">
         <v>313</v>
       </c>
       <c r="B315" s="15">
         <v>45138</v>
       </c>
       <c r="C315" s="11" t="s">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="D315" s="12">
         <v>10</v>
       </c>
       <c r="E315" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F315" s="13">
         <v>1425088</v>
       </c>
       <c r="G315" s="16" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="H315" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I315" s="14" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J315" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K315" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="316" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A316" s="13">
         <v>314</v>
       </c>
       <c r="B316" s="15">
         <v>45138</v>
       </c>
       <c r="C316" s="11" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="D316" s="12">
         <v>5</v>
       </c>
       <c r="E316" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F316" s="13">
         <v>1424866</v>
       </c>
       <c r="G316" s="16" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="H316" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I316" s="14" t="s">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="J316" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K316" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="317" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A317" s="13">
         <v>315</v>
       </c>
       <c r="B317" s="15">
         <v>45138</v>
       </c>
       <c r="C317" s="11" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="D317" s="12">
         <v>17</v>
       </c>
       <c r="E317" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F317" s="13">
         <v>1425308</v>
       </c>
       <c r="G317" s="16" t="s">
+        <v>723</v>
+      </c>
+      <c r="H317" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I317" s="14" t="s">
         <v>724</v>
-      </c>
-[...4 lines deleted...]
-        <v>725</v>
       </c>
       <c r="J317" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K317" s="14"/>
     </row>
     <row r="318" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A318" s="13">
         <v>316</v>
       </c>
       <c r="B318" s="15">
         <v>45138</v>
       </c>
       <c r="C318" s="11" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="D318" s="12">
         <v>24</v>
       </c>
       <c r="E318" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F318" s="13">
         <v>1425451</v>
       </c>
       <c r="G318" s="16" t="s">
         <v>438</v>
       </c>
       <c r="H318" s="14" t="s">
         <v>39</v>
       </c>
       <c r="I318" s="14" t="s">
         <v>439</v>
       </c>
       <c r="J318" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K318" s="14"/>
     </row>
     <row r="319" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A319" s="13">
         <v>317</v>
       </c>
       <c r="B319" s="15">
         <v>45138</v>
       </c>
       <c r="C319" s="11" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="D319" s="12">
         <v>15</v>
       </c>
       <c r="E319" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F319" s="13">
         <v>1425541</v>
       </c>
       <c r="G319" s="16" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="H319" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I319" s="14" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="J319" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K319" s="14" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="320" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A320" s="13">
         <v>318</v>
       </c>
       <c r="B320" s="15">
         <v>45169</v>
       </c>
       <c r="C320" s="11" t="s">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="D320" s="12">
         <v>6</v>
       </c>
       <c r="E320" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F320" s="13">
         <v>1438515</v>
       </c>
       <c r="G320" s="16" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="H320" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I320" s="14" t="s">
         <v>94</v>
       </c>
       <c r="J320" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K320" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="321" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A321" s="13">
         <v>319</v>
       </c>
       <c r="B321" s="15">
         <v>45173</v>
       </c>
       <c r="C321" s="11" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="D321" s="12">
         <v>5</v>
       </c>
       <c r="E321" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F321" s="13">
         <v>1438548</v>
       </c>
       <c r="G321" s="16" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="H321" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I321" s="14" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="J321" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K321" s="14"/>
     </row>
     <row r="322" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A322" s="13">
         <v>320</v>
       </c>
       <c r="B322" s="15">
         <v>45183</v>
       </c>
       <c r="C322" s="11" t="s">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="D322" s="12">
         <v>15</v>
       </c>
       <c r="E322" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F322" s="13">
         <v>1444427</v>
       </c>
       <c r="G322" s="16" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="H322" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I322" s="14" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="J322" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K322" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="323" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A323" s="13">
         <v>321</v>
       </c>
       <c r="B323" s="15">
         <v>45187</v>
       </c>
       <c r="C323" s="11" t="s">
-        <v>776</v>
+        <v>775</v>
       </c>
       <c r="D323" s="12">
         <v>24</v>
       </c>
       <c r="E323" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F323" s="13">
         <v>1445794</v>
       </c>
       <c r="G323" s="16" t="s">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="H323" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I323" s="14" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="J323" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K323" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="324" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A324" s="13">
         <v>322</v>
       </c>
       <c r="B324" s="15">
         <v>45187</v>
       </c>
       <c r="C324" s="11" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="D324" s="12">
         <v>24</v>
       </c>
       <c r="E324" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F324" s="13">
         <v>1445733</v>
       </c>
       <c r="G324" s="16" t="s">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="H324" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I324" s="14" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="J324" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K324" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="325" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A325" s="13">
         <v>323</v>
       </c>
       <c r="B325" s="15">
         <v>45188</v>
       </c>
       <c r="C325" s="11" t="s">
-        <v>781</v>
+        <v>780</v>
       </c>
       <c r="D325" s="12">
         <v>10</v>
       </c>
       <c r="E325" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F325" s="13">
         <v>1444809</v>
       </c>
       <c r="G325" s="16" t="s">
         <v>434</v>
       </c>
       <c r="H325" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I325" s="14" t="s">
         <v>435</v>
       </c>
       <c r="J325" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K325" s="14"/>
     </row>
     <row r="326" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A326" s="13">
         <v>324</v>
       </c>
       <c r="B326" s="15">
         <v>45202</v>
       </c>
       <c r="C326" s="11" t="s">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="D326" s="12">
         <v>5</v>
       </c>
       <c r="E326" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F326" s="13">
         <v>1452190</v>
       </c>
       <c r="G326" s="16" t="s">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="H326" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I326" s="14" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="J326" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K326" s="14"/>
     </row>
     <row r="327" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A327" s="13">
         <v>325</v>
       </c>
       <c r="B327" s="15">
         <v>45205</v>
       </c>
       <c r="C327" s="11" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="D327" s="12">
         <v>10</v>
       </c>
       <c r="E327" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F327" s="13">
         <v>1453483</v>
       </c>
       <c r="G327" s="16" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="H327" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I327" s="14" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="J327" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K327" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="328" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A328" s="13">
         <v>326</v>
       </c>
       <c r="B328" s="15">
         <v>45222</v>
       </c>
       <c r="C328" s="11" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="D328" s="12">
         <v>19</v>
       </c>
       <c r="E328" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F328" s="13">
         <v>1460957</v>
       </c>
       <c r="G328" s="16" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="H328" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I328" s="14" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="J328" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K328" s="14"/>
     </row>
     <row r="329" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A329" s="13">
         <v>327</v>
       </c>
       <c r="B329" s="15">
         <v>45224</v>
       </c>
       <c r="C329" s="11" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="D329" s="12">
         <v>6</v>
       </c>
       <c r="E329" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F329" s="13">
         <v>1461920</v>
       </c>
       <c r="G329" s="16" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="H329" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I329" s="14" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="J329" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K329" s="14"/>
     </row>
     <row r="330" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A330" s="13">
         <v>328</v>
       </c>
       <c r="B330" s="15">
         <v>45230</v>
       </c>
       <c r="C330" s="11" t="s">
-        <v>790</v>
+        <v>789</v>
       </c>
       <c r="D330" s="12">
         <v>5</v>
       </c>
       <c r="E330" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F330" s="13">
         <v>1464237</v>
       </c>
       <c r="G330" s="16" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="H330" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I330" s="14" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="J330" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K330" s="14"/>
     </row>
     <row r="331" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A331" s="13">
         <v>329</v>
       </c>
       <c r="B331" s="15">
         <v>45230</v>
       </c>
       <c r="C331" s="11" t="s">
-        <v>793</v>
+        <v>792</v>
       </c>
       <c r="D331" s="12">
         <v>15</v>
       </c>
       <c r="E331" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F331" s="13">
         <v>1464416</v>
       </c>
       <c r="G331" s="16" t="s">
-        <v>794</v>
+        <v>793</v>
       </c>
       <c r="H331" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I331" s="14" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="J331" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K331" s="14"/>
     </row>
     <row r="332" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A332" s="13">
         <v>330</v>
       </c>
       <c r="B332" s="15">
         <v>45230</v>
       </c>
       <c r="C332" s="11" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="D332" s="12">
         <v>15</v>
       </c>
       <c r="E332" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F332" s="13">
         <v>1464544</v>
       </c>
       <c r="G332" s="16" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="H332" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I332" s="14" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="J332" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K332" s="14" t="s">
-        <v>797</v>
+        <v>796</v>
       </c>
     </row>
     <row r="333" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A333" s="13">
         <v>331</v>
       </c>
       <c r="B333" s="15">
         <v>45230</v>
       </c>
       <c r="C333" s="11" t="s">
-        <v>798</v>
+        <v>797</v>
       </c>
       <c r="D333" s="12">
         <v>25</v>
       </c>
       <c r="E333" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F333" s="13">
         <v>1464656</v>
       </c>
       <c r="G333" s="16" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="H333" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I333" s="14" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="J333" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K333" s="14" t="s">
-        <v>797</v>
+        <v>796</v>
       </c>
     </row>
     <row r="334" spans="1:11" s="23" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A334" s="13">
         <v>332</v>
       </c>
       <c r="B334" s="15">
         <v>45230</v>
       </c>
       <c r="C334" s="11" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="D334" s="12">
         <v>17</v>
       </c>
       <c r="E334" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F334" s="13">
         <v>1464688</v>
       </c>
       <c r="G334" s="16" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H334" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I334" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J334" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K334" s="14" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
     </row>
     <row r="335" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A335" s="13">
         <v>333</v>
       </c>
       <c r="B335" s="15">
         <v>45230</v>
       </c>
       <c r="C335" s="11" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="D335" s="12">
         <v>25</v>
       </c>
       <c r="E335" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F335" s="13">
         <v>1464794</v>
       </c>
       <c r="G335" s="16" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="H335" s="14" t="s">
         <v>234</v>
       </c>
       <c r="I335" s="14" t="s">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="J335" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K335" s="14" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
     </row>
     <row r="336" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A336" s="13">
         <v>334</v>
       </c>
       <c r="B336" s="15">
         <v>45230</v>
       </c>
       <c r="C336" s="11" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
       <c r="D336" s="12">
         <v>8</v>
       </c>
       <c r="E336" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F336" s="13">
         <v>1465030</v>
       </c>
       <c r="G336" s="16" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="H336" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I336" s="14" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="J336" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K336" s="14" t="s">
-        <v>806</v>
+        <v>805</v>
       </c>
     </row>
     <row r="337" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A337" s="13">
         <v>335</v>
       </c>
       <c r="B337" s="15">
         <v>45230</v>
       </c>
       <c r="C337" s="11" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="D337" s="12">
         <v>8</v>
       </c>
       <c r="E337" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F337" s="13">
         <v>1465017</v>
       </c>
       <c r="G337" s="16" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="H337" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I337" s="14" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="J337" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K337" s="14" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
     </row>
     <row r="338" spans="1:11" s="23" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A338" s="13">
         <v>336</v>
       </c>
       <c r="B338" s="15">
         <v>45231</v>
       </c>
       <c r="C338" s="11" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="D338" s="12">
         <v>20</v>
       </c>
       <c r="E338" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F338" s="13">
         <v>1465281</v>
       </c>
       <c r="G338" s="16" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="H338" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I338" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J338" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K338" s="14" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
     </row>
     <row r="339" spans="1:11" s="23" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A339" s="13">
         <v>337</v>
       </c>
       <c r="B339" s="15">
         <v>45231</v>
       </c>
       <c r="C339" s="11" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="D339" s="12">
         <v>25</v>
       </c>
       <c r="E339" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F339" s="13">
         <v>1465286</v>
       </c>
       <c r="G339" s="16" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="H339" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I339" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J339" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K339" s="14" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
     </row>
     <row r="340" spans="1:11" s="23" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A340" s="13">
         <v>338</v>
       </c>
       <c r="B340" s="15">
         <v>45231</v>
       </c>
       <c r="C340" s="11" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="D340" s="12">
         <v>25</v>
       </c>
       <c r="E340" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F340" s="13">
         <v>1465329</v>
       </c>
       <c r="G340" s="16" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="H340" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I340" s="14" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="J340" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K340" s="14" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
     </row>
     <row r="341" spans="1:11" s="23" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A341" s="13">
         <v>339</v>
       </c>
       <c r="B341" s="15">
         <v>45231</v>
       </c>
       <c r="C341" s="11" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="D341" s="12">
         <v>25</v>
       </c>
       <c r="E341" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F341" s="13">
         <v>1465336</v>
       </c>
       <c r="G341" s="16" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="H341" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I341" s="14" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="J341" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K341" s="14" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
     </row>
     <row r="342" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A342" s="13">
         <v>340</v>
       </c>
       <c r="B342" s="15">
         <v>45247</v>
       </c>
       <c r="C342" s="11" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="D342" s="12">
         <v>15</v>
       </c>
       <c r="E342" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F342" s="13">
         <v>1472095</v>
       </c>
       <c r="G342" s="16" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="H342" s="14" t="s">
         <v>39</v>
       </c>
       <c r="I342" s="14" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="J342" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K342" s="14" t="s">
-        <v>814</v>
+        <v>813</v>
       </c>
     </row>
     <row r="343" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A343" s="13">
         <v>341</v>
       </c>
       <c r="B343" s="15">
         <v>45257</v>
       </c>
       <c r="C343" s="11" t="s">
-        <v>815</v>
+        <v>814</v>
       </c>
       <c r="D343" s="12">
         <v>8</v>
       </c>
       <c r="E343" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F343" s="13">
         <v>1476067</v>
       </c>
       <c r="G343" s="16" t="s">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="H343" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I343" s="14" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="J343" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K343" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
     </row>
     <row r="344" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A344" s="13">
         <v>342</v>
       </c>
       <c r="B344" s="15">
         <v>45257</v>
       </c>
       <c r="C344" s="11" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="D344" s="12">
         <v>20</v>
       </c>
       <c r="E344" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F344" s="13">
         <v>1476100</v>
       </c>
       <c r="G344" s="16" t="s">
-        <v>819</v>
-[...2 lines deleted...]
-        <v>453</v>
+        <v>818</v>
+      </c>
+      <c r="H344" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I344" s="14" t="s">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="J344" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K344" s="14"/>
     </row>
     <row r="345" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A345" s="13">
         <v>343</v>
       </c>
       <c r="B345" s="15">
         <v>45257</v>
       </c>
       <c r="C345" s="11" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="D345" s="12">
         <v>9</v>
       </c>
       <c r="E345" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F345" s="13">
         <v>1476120</v>
       </c>
       <c r="G345" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H345" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I345" s="14" t="s">
-        <v>821</v>
+        <v>820</v>
       </c>
       <c r="J345" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K345" s="14"/>
     </row>
     <row r="346" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A346" s="13">
         <v>344</v>
       </c>
       <c r="B346" s="15">
         <v>45257</v>
       </c>
       <c r="C346" s="11" t="s">
-        <v>822</v>
+        <v>821</v>
       </c>
       <c r="D346" s="12">
         <v>10</v>
       </c>
       <c r="E346" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F346" s="13">
         <v>1476349</v>
       </c>
       <c r="G346" s="16" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="H346" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I346" s="14" t="s">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="J346" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K346" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="347" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A347" s="13">
         <v>345</v>
       </c>
       <c r="B347" s="15">
         <v>45258</v>
       </c>
       <c r="C347" s="11" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="D347" s="12">
         <v>8</v>
       </c>
       <c r="E347" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F347" s="13">
         <v>1476621</v>
       </c>
       <c r="G347" s="16" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="H347" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I347" s="14" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="J347" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K347" s="14"/>
     </row>
     <row r="348" spans="1:11" s="23" customFormat="1" ht="96.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A348" s="13">
         <v>346</v>
       </c>
       <c r="B348" s="15">
         <v>45259</v>
       </c>
       <c r="C348" s="11" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="D348" s="12">
         <v>6</v>
       </c>
       <c r="E348" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F348" s="13">
         <v>1477170</v>
       </c>
       <c r="G348" s="16" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="H348" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I348" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J348" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K348" s="14" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
     </row>
     <row r="349" spans="1:11" s="23" customFormat="1" ht="96.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A349" s="13">
         <v>347</v>
       </c>
       <c r="B349" s="15">
         <v>45259</v>
       </c>
       <c r="C349" s="11" t="s">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="D349" s="12">
         <v>6</v>
       </c>
       <c r="E349" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F349" s="13">
         <v>1477206</v>
       </c>
       <c r="G349" s="16" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="H349" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I349" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J349" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K349" s="14" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
     </row>
     <row r="350" spans="1:11" s="23" customFormat="1" ht="96.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A350" s="13">
         <v>348</v>
       </c>
       <c r="B350" s="15">
         <v>45259</v>
       </c>
       <c r="C350" s="11" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="D350" s="12">
         <v>6</v>
       </c>
       <c r="E350" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F350" s="13">
         <v>1477216</v>
       </c>
       <c r="G350" s="16" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="H350" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I350" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J350" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K350" s="14" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
     </row>
     <row r="351" spans="1:11" s="23" customFormat="1" ht="96.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A351" s="13">
         <v>349</v>
       </c>
       <c r="B351" s="15">
         <v>45259</v>
       </c>
       <c r="C351" s="11" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="D351" s="12">
         <v>6</v>
       </c>
       <c r="E351" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F351" s="13">
         <v>1477235</v>
       </c>
       <c r="G351" s="16" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="H351" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I351" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J351" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K351" s="14" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
     </row>
     <row r="352" spans="1:11" s="23" customFormat="1" ht="96.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A352" s="13">
         <v>350</v>
       </c>
       <c r="B352" s="15">
         <v>45259</v>
       </c>
       <c r="C352" s="11" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="D352" s="12">
         <v>6</v>
       </c>
       <c r="E352" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F352" s="13">
         <v>1477242</v>
       </c>
       <c r="G352" s="16" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="H352" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I352" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J352" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K352" s="14" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
     </row>
     <row r="353" spans="1:11" s="23" customFormat="1" ht="96.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A353" s="13">
         <v>351</v>
       </c>
       <c r="B353" s="15">
         <v>45259</v>
       </c>
       <c r="C353" s="11" t="s">
-        <v>837</v>
+        <v>836</v>
       </c>
       <c r="D353" s="12">
         <v>3</v>
       </c>
       <c r="E353" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F353" s="13">
         <v>1477275</v>
       </c>
       <c r="G353" s="16" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="H353" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I353" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J353" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K353" s="14" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
     </row>
     <row r="354" spans="1:11" s="23" customFormat="1" ht="96.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A354" s="13">
         <v>352</v>
       </c>
       <c r="B354" s="15">
         <v>45259</v>
       </c>
       <c r="C354" s="11" t="s">
-        <v>839</v>
+        <v>838</v>
       </c>
       <c r="D354" s="12">
         <v>3</v>
       </c>
       <c r="E354" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F354" s="13">
         <v>1477278</v>
       </c>
       <c r="G354" s="16" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="H354" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I354" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J354" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K354" s="14" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
     </row>
     <row r="355" spans="1:11" s="23" customFormat="1" ht="96.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A355" s="13">
         <v>353</v>
       </c>
       <c r="B355" s="15">
         <v>45259</v>
       </c>
       <c r="C355" s="11" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
       <c r="D355" s="12">
         <v>6</v>
       </c>
       <c r="E355" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F355" s="13">
         <v>1477284</v>
       </c>
       <c r="G355" s="16" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="H355" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I355" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J355" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K355" s="14" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
     </row>
     <row r="356" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A356" s="13">
         <v>354</v>
       </c>
       <c r="B356" s="15">
         <v>45260</v>
       </c>
       <c r="C356" s="11" t="s">
-        <v>843</v>
+        <v>842</v>
       </c>
       <c r="D356" s="12">
         <v>5</v>
       </c>
       <c r="E356" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F356" s="13">
         <v>1477625</v>
       </c>
       <c r="G356" s="16" t="s">
         <v>398</v>
       </c>
       <c r="H356" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I356" s="14" t="s">
         <v>399</v>
       </c>
       <c r="J356" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K356" s="14" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="357" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A357" s="13">
         <v>355</v>
       </c>
       <c r="B357" s="15">
         <v>45260</v>
       </c>
       <c r="C357" s="11" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="D357" s="12">
         <v>25</v>
       </c>
       <c r="E357" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F357" s="13">
         <v>1477653</v>
       </c>
       <c r="G357" s="16" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="H357" s="14" t="s">
         <v>234</v>
       </c>
       <c r="I357" s="14" t="s">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="J357" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K357" s="14"/>
     </row>
     <row r="358" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A358" s="13">
         <v>356</v>
       </c>
       <c r="B358" s="15">
         <v>45260</v>
       </c>
       <c r="C358" s="11" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="D358" s="12">
         <v>25</v>
       </c>
       <c r="E358" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F358" s="13">
         <v>1477674</v>
       </c>
       <c r="G358" s="16" t="s">
-        <v>846</v>
+        <v>845</v>
       </c>
       <c r="H358" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I358" s="14" t="s">
-        <v>847</v>
+        <v>846</v>
       </c>
       <c r="J358" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K358" s="14"/>
     </row>
     <row r="359" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A359" s="13">
         <v>357</v>
       </c>
       <c r="B359" s="15">
         <v>45260</v>
       </c>
       <c r="C359" s="11" t="s">
-        <v>848</v>
+        <v>847</v>
       </c>
       <c r="D359" s="12">
         <v>25</v>
       </c>
       <c r="E359" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F359" s="13">
         <v>1477682</v>
       </c>
       <c r="G359" s="16" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="H359" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I359" s="14" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="J359" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K359" s="14"/>
     </row>
     <row r="360" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A360" s="13">
         <v>358</v>
       </c>
       <c r="B360" s="15">
         <v>45260</v>
       </c>
       <c r="C360" s="11" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="D360" s="12">
         <v>25</v>
       </c>
       <c r="E360" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F360" s="13">
         <v>1477688</v>
       </c>
       <c r="G360" s="16" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="H360" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I360" s="14" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="J360" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K360" s="14"/>
     </row>
     <row r="361" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A361" s="13">
         <v>359</v>
       </c>
       <c r="B361" s="15">
         <v>45260</v>
       </c>
       <c r="C361" s="11" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
       <c r="D361" s="12">
         <v>13.2</v>
       </c>
       <c r="E361" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F361" s="13">
         <v>1477721</v>
       </c>
       <c r="G361" s="16" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="H361" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I361" s="14" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="J361" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K361" s="14"/>
     </row>
     <row r="362" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A362" s="13">
         <v>360</v>
       </c>
       <c r="B362" s="15">
         <v>45260</v>
       </c>
       <c r="C362" s="11" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="D362" s="12">
         <v>20</v>
       </c>
       <c r="E362" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F362" s="13">
         <v>1477794</v>
       </c>
       <c r="G362" s="16" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="H362" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I362" s="14" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="J362" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K362" s="14" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="363" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A363" s="13">
         <v>361</v>
       </c>
       <c r="B363" s="15">
         <v>45260</v>
       </c>
       <c r="C363" s="11" t="s">
-        <v>860</v>
+        <v>859</v>
       </c>
       <c r="D363" s="12">
         <v>6</v>
       </c>
       <c r="E363" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F363" s="13">
         <v>1477801</v>
       </c>
       <c r="G363" s="16" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="H363" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I363" s="14" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="J363" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K363" s="14" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
     </row>
     <row r="364" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A364" s="13">
         <v>362</v>
       </c>
       <c r="B364" s="15">
         <v>45260</v>
       </c>
       <c r="C364" s="11" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="D364" s="12">
         <v>25</v>
       </c>
       <c r="E364" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F364" s="13">
         <v>1477806</v>
       </c>
       <c r="G364" s="16" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="H364" s="14" t="s">
         <v>315</v>
       </c>
       <c r="I364" s="14" t="s">
-        <v>863</v>
+        <v>862</v>
       </c>
       <c r="J364" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K364" s="14"/>
     </row>
     <row r="365" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A365" s="13">
         <v>363</v>
       </c>
       <c r="B365" s="15">
         <v>45260</v>
       </c>
       <c r="C365" s="11" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
       <c r="D365" s="12">
         <v>25</v>
       </c>
       <c r="E365" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F365" s="13">
         <v>1477974</v>
       </c>
       <c r="G365" s="16" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="H365" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I365" s="14" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="J365" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K365" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="366" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A366" s="13">
         <v>364</v>
       </c>
       <c r="B366" s="15">
         <v>45260</v>
       </c>
       <c r="C366" s="11" t="s">
-        <v>865</v>
+        <v>864</v>
       </c>
       <c r="D366" s="12">
         <v>15</v>
       </c>
       <c r="E366" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F366" s="13">
         <v>1477982</v>
       </c>
       <c r="G366" s="16" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="H366" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I366" s="14" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="J366" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K366" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="367" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A367" s="13">
         <v>365</v>
       </c>
       <c r="B367" s="15">
         <v>45260</v>
       </c>
       <c r="C367" s="11" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="D367" s="12">
         <v>5</v>
       </c>
       <c r="E367" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F367" s="13">
         <v>1478010</v>
       </c>
       <c r="G367" s="16" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="H367" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I367" s="14" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="J367" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K367" s="14"/>
     </row>
     <row r="368" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A368" s="13">
         <v>366</v>
       </c>
       <c r="B368" s="15">
         <v>45260</v>
       </c>
       <c r="C368" s="11" t="s">
-        <v>869</v>
+        <v>868</v>
       </c>
       <c r="D368" s="12">
         <v>21.6</v>
       </c>
       <c r="E368" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F368" s="13">
         <v>1478142</v>
       </c>
       <c r="G368" s="16" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="H368" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I368" s="14" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="J368" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K368" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
     </row>
     <row r="369" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A369" s="13">
         <v>367</v>
       </c>
       <c r="B369" s="15">
         <v>45286</v>
       </c>
       <c r="C369" s="11" t="s">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="D369" s="12">
         <v>6</v>
       </c>
       <c r="E369" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F369" s="13">
         <v>1490521</v>
       </c>
       <c r="G369" s="16" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="H369" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I369" s="14" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="J369" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K369" s="14" t="s">
-        <v>873</v>
+        <v>872</v>
       </c>
     </row>
     <row r="370" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A370" s="13">
         <v>368</v>
       </c>
       <c r="B370" s="15">
         <v>45287</v>
       </c>
       <c r="C370" s="11" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
       <c r="D370" s="12">
         <v>17</v>
       </c>
       <c r="E370" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F370" s="13">
         <v>1490744</v>
       </c>
       <c r="G370" s="16" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H370" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I370" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J370" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K370" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="371" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A371" s="13">
         <v>369</v>
       </c>
       <c r="B371" s="15">
         <v>45287</v>
       </c>
       <c r="C371" s="11" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="D371" s="12">
         <v>20</v>
       </c>
       <c r="E371" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F371" s="13">
         <v>1490747</v>
       </c>
       <c r="G371" s="16" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="H371" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I371" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J371" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K371" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="372" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A372" s="13">
         <v>370</v>
       </c>
       <c r="B372" s="15">
         <v>45287</v>
       </c>
       <c r="C372" s="11" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="D372" s="12">
         <v>25</v>
       </c>
       <c r="E372" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F372" s="13">
         <v>1490772</v>
       </c>
       <c r="G372" s="16" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="H372" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I372" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J372" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K372" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="373" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A373" s="13">
         <v>371</v>
       </c>
       <c r="B373" s="15">
         <v>45287</v>
       </c>
       <c r="C373" s="11" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="D373" s="12">
         <v>25</v>
       </c>
       <c r="E373" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F373" s="13">
         <v>1490784</v>
       </c>
       <c r="G373" s="16" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="H373" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I373" s="14" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="J373" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K373" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="374" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A374" s="13">
         <v>372</v>
       </c>
       <c r="B374" s="15">
         <v>45287</v>
       </c>
       <c r="C374" s="11" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="D374" s="12">
         <v>25</v>
       </c>
       <c r="E374" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F374" s="13">
         <v>1490787</v>
       </c>
       <c r="G374" s="16" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="H374" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I374" s="14" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="J374" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K374" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="375" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A375" s="13">
         <v>373</v>
       </c>
       <c r="B375" s="15">
         <v>45287</v>
       </c>
       <c r="C375" s="11" t="s">
-        <v>879</v>
+        <v>878</v>
       </c>
       <c r="D375" s="12">
         <v>15</v>
       </c>
       <c r="E375" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F375" s="13">
         <v>1490999</v>
       </c>
       <c r="G375" s="16" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="H375" s="14" t="s">
         <v>39</v>
       </c>
       <c r="I375" s="14" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="J375" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K375" s="14" t="s">
-        <v>1699</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="376" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A376" s="13">
         <v>374</v>
       </c>
       <c r="B376" s="15">
         <v>45288</v>
       </c>
       <c r="C376" s="11" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="D376" s="12">
         <v>21.6</v>
       </c>
       <c r="E376" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F376" s="13">
         <v>1491354</v>
       </c>
       <c r="G376" s="16" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="H376" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I376" s="14" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="J376" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K376" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="377" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A377" s="13">
         <v>375</v>
       </c>
       <c r="B377" s="15">
         <v>45288</v>
       </c>
       <c r="C377" s="11" t="s">
-        <v>882</v>
+        <v>881</v>
       </c>
       <c r="D377" s="12">
         <v>10</v>
       </c>
       <c r="E377" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F377" s="13">
         <v>1491409</v>
       </c>
       <c r="G377" s="16" t="s">
-        <v>883</v>
+        <v>882</v>
       </c>
       <c r="H377" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I377" s="14" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="J377" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K377" s="14"/>
     </row>
     <row r="378" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A378" s="13">
         <v>376</v>
       </c>
       <c r="B378" s="15">
         <v>45288</v>
       </c>
       <c r="C378" s="11" t="s">
-        <v>885</v>
+        <v>884</v>
       </c>
       <c r="D378" s="12">
         <v>20</v>
       </c>
       <c r="E378" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F378" s="13">
         <v>1491786</v>
       </c>
       <c r="G378" s="16" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="H378" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I378" s="14" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="J378" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K378" s="14" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="379" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A379" s="13">
         <v>377</v>
       </c>
       <c r="B379" s="15">
         <v>45288</v>
       </c>
       <c r="C379" s="11" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="D379" s="12">
         <v>20</v>
       </c>
       <c r="E379" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F379" s="13">
         <v>1491775</v>
       </c>
       <c r="G379" s="16" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="H379" s="14" t="s">
         <v>315</v>
       </c>
       <c r="I379" s="14" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="J379" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K379" s="14" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="380" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A380" s="13">
         <v>378</v>
       </c>
       <c r="B380" s="15">
         <v>45288</v>
       </c>
       <c r="C380" s="11" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="D380" s="12">
         <v>25</v>
       </c>
       <c r="E380" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F380" s="13">
         <v>1491776</v>
       </c>
       <c r="G380" s="16" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="H380" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I380" s="14" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="J380" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K380" s="14" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
     </row>
     <row r="381" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A381" s="13">
         <v>379</v>
       </c>
       <c r="B381" s="15">
         <v>45289</v>
       </c>
       <c r="C381" s="11" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="D381" s="12">
         <v>8</v>
       </c>
       <c r="E381" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F381" s="13">
         <v>1492042</v>
       </c>
       <c r="G381" s="16" t="s">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="H381" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I381" s="14" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="J381" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K381" s="14"/>
     </row>
     <row r="382" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A382" s="13">
         <v>380</v>
       </c>
       <c r="B382" s="15">
         <v>45289</v>
       </c>
       <c r="C382" s="11" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="D382" s="12">
         <v>24.6</v>
       </c>
       <c r="E382" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F382" s="13">
         <v>1492318</v>
       </c>
       <c r="G382" s="16" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="H382" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I382" s="14" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="J382" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K382" s="14" t="s">
-        <v>898</v>
+        <v>897</v>
       </c>
     </row>
     <row r="383" spans="1:11" s="23" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A383" s="13">
         <v>381</v>
       </c>
       <c r="B383" s="15">
         <v>45290</v>
       </c>
       <c r="C383" s="11" t="s">
-        <v>899</v>
+        <v>898</v>
       </c>
       <c r="D383" s="12">
         <v>16</v>
       </c>
       <c r="E383" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F383" s="13">
         <v>1492434</v>
       </c>
       <c r="G383" s="16" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="H383" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I383" s="14" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="J383" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K383" s="14" t="s">
-        <v>901</v>
+        <v>900</v>
       </c>
     </row>
     <row r="384" spans="1:11" s="23" customFormat="1" ht="104" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A384" s="13">
         <v>382</v>
       </c>
       <c r="B384" s="15">
         <v>45290</v>
       </c>
       <c r="C384" s="11" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="D384" s="12">
         <v>6</v>
       </c>
       <c r="E384" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F384" s="13">
         <v>1492665</v>
       </c>
       <c r="G384" s="16" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="H384" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I384" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J384" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K384" s="14" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
     </row>
     <row r="385" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A385" s="13">
         <v>383</v>
       </c>
       <c r="B385" s="15">
         <v>45290</v>
       </c>
       <c r="C385" s="11" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="D385" s="12">
         <v>6</v>
       </c>
       <c r="E385" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F385" s="13">
         <v>1492666</v>
       </c>
       <c r="G385" s="16" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="H385" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I385" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J385" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K385" s="14" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
     </row>
     <row r="386" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A386" s="13">
         <v>384</v>
       </c>
       <c r="B386" s="15">
         <v>45290</v>
       </c>
       <c r="C386" s="11" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="D386" s="12">
         <v>6</v>
       </c>
       <c r="E386" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F386" s="13">
         <v>1492657</v>
       </c>
       <c r="G386" s="16" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="H386" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I386" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J386" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K386" s="14" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
     </row>
     <row r="387" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A387" s="13">
         <v>385</v>
       </c>
       <c r="B387" s="15">
         <v>45290</v>
       </c>
       <c r="C387" s="11" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="D387" s="12">
         <v>6</v>
       </c>
       <c r="E387" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F387" s="13">
         <v>1492667</v>
       </c>
       <c r="G387" s="16" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="H387" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I387" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J387" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K387" s="14" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
     </row>
     <row r="388" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A388" s="13">
         <v>386</v>
       </c>
       <c r="B388" s="15">
         <v>45290</v>
       </c>
       <c r="C388" s="11" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="D388" s="12">
         <v>6</v>
       </c>
       <c r="E388" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F388" s="13">
         <v>1492676</v>
       </c>
       <c r="G388" s="16" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="H388" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I388" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J388" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K388" s="14" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
     </row>
     <row r="389" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A389" s="13">
         <v>387</v>
       </c>
       <c r="B389" s="15">
         <v>45290</v>
       </c>
       <c r="C389" s="11" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="D389" s="12">
         <v>3</v>
       </c>
       <c r="E389" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F389" s="13">
         <v>1492658</v>
       </c>
       <c r="G389" s="16" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="H389" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I389" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J389" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K389" s="14" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
     </row>
     <row r="390" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A390" s="13">
         <v>388</v>
       </c>
       <c r="B390" s="15">
         <v>45290</v>
       </c>
       <c r="C390" s="11" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="D390" s="12">
         <v>3</v>
       </c>
       <c r="E390" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F390" s="13">
         <v>1492659</v>
       </c>
       <c r="G390" s="16" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="H390" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I390" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J390" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K390" s="14" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
     </row>
     <row r="391" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A391" s="13">
         <v>389</v>
       </c>
       <c r="B391" s="15">
         <v>45290</v>
       </c>
       <c r="C391" s="11" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="D391" s="12">
         <v>6</v>
       </c>
       <c r="E391" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F391" s="13">
         <v>1492669</v>
       </c>
       <c r="G391" s="16" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="H391" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I391" s="14" t="s">
         <v>289</v>
       </c>
       <c r="J391" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K391" s="14" t="s">
-        <v>912</v>
+        <v>911</v>
       </c>
     </row>
     <row r="392" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A392" s="13">
         <v>390</v>
       </c>
       <c r="B392" s="15">
         <v>45291</v>
       </c>
       <c r="C392" s="11" t="s">
-        <v>913</v>
+        <v>912</v>
       </c>
       <c r="D392" s="12">
         <v>15</v>
       </c>
       <c r="E392" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F392" s="13">
         <v>1492710</v>
       </c>
       <c r="G392" s="16" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="H392" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I392" s="14" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="J392" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K392" s="14" t="s">
-        <v>914</v>
+        <v>913</v>
       </c>
     </row>
     <row r="393" spans="1:11" s="23" customFormat="1" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A393" s="13">
         <v>391</v>
       </c>
       <c r="B393" s="15">
         <v>45317</v>
       </c>
       <c r="C393" s="11" t="s">
-        <v>915</v>
+        <v>914</v>
       </c>
       <c r="D393" s="12">
         <v>8</v>
       </c>
       <c r="E393" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F393" s="13">
         <v>1503814</v>
       </c>
       <c r="G393" s="16" t="s">
-        <v>916</v>
+        <v>915</v>
       </c>
       <c r="H393" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I393" s="14" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="J393" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K393" s="14" t="s">
-        <v>918</v>
+        <v>917</v>
       </c>
     </row>
     <row r="394" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A394" s="13">
         <v>392</v>
       </c>
       <c r="B394" s="15">
         <v>45320</v>
       </c>
       <c r="C394" s="11" t="s">
-        <v>919</v>
+        <v>918</v>
       </c>
       <c r="D394" s="12">
         <v>24.6</v>
       </c>
       <c r="E394" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F394" s="13">
         <v>1504676</v>
       </c>
       <c r="G394" s="16" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="H394" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I394" s="14" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="J394" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K394" s="14"/>
     </row>
     <row r="395" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A395" s="13">
         <v>393</v>
       </c>
       <c r="B395" s="15">
         <v>45321</v>
       </c>
       <c r="C395" s="11" t="s">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="D395" s="12">
         <v>20</v>
       </c>
       <c r="E395" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F395" s="13">
         <v>1505077</v>
       </c>
       <c r="G395" s="16" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
       <c r="H395" s="14" t="s">
         <v>315</v>
       </c>
       <c r="I395" s="14" t="s">
-        <v>922</v>
+        <v>921</v>
       </c>
       <c r="J395" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K395" s="14" t="s">
-        <v>923</v>
+        <v>922</v>
       </c>
     </row>
     <row r="396" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A396" s="13">
         <v>394</v>
       </c>
       <c r="B396" s="15">
         <v>45322</v>
       </c>
       <c r="C396" s="11" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="D396" s="12">
         <v>6</v>
       </c>
       <c r="E396" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F396" s="13">
         <v>1505528</v>
       </c>
       <c r="G396" s="16" t="s">
-        <v>925</v>
+        <v>924</v>
       </c>
       <c r="H396" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I396" s="14" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="J396" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K396" s="14" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="397" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A397" s="13">
         <v>395</v>
       </c>
       <c r="B397" s="15">
         <v>45322</v>
       </c>
       <c r="C397" s="11" t="s">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="D397" s="12">
         <v>6</v>
       </c>
       <c r="E397" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F397" s="13">
         <v>1505711</v>
       </c>
       <c r="G397" s="16" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="H397" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I397" s="14" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="J397" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K397" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="398" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A398" s="13">
         <v>396</v>
       </c>
       <c r="B398" s="15">
         <v>45322</v>
       </c>
       <c r="C398" s="11" t="s">
-        <v>928</v>
+        <v>927</v>
       </c>
       <c r="D398" s="12">
         <v>15</v>
       </c>
       <c r="E398" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F398" s="13">
         <v>1505753</v>
       </c>
       <c r="G398" s="16" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="H398" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I398" s="14" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="J398" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K398" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="399" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A399" s="13">
         <v>397</v>
       </c>
       <c r="B399" s="15">
         <v>45322</v>
       </c>
       <c r="C399" s="11" t="s">
-        <v>929</v>
+        <v>928</v>
       </c>
       <c r="D399" s="12">
         <v>15</v>
       </c>
       <c r="E399" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F399" s="13">
         <v>1505860</v>
       </c>
       <c r="G399" s="16" t="s">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="H399" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I399" s="14" t="s">
-        <v>931</v>
+        <v>930</v>
       </c>
       <c r="J399" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K399" s="14"/>
     </row>
     <row r="400" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A400" s="13">
         <v>398</v>
       </c>
       <c r="B400" s="15">
         <v>45322</v>
       </c>
       <c r="C400" s="11" t="s">
-        <v>932</v>
+        <v>931</v>
       </c>
       <c r="D400" s="12">
         <v>6</v>
       </c>
       <c r="E400" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F400" s="13">
         <v>1505982</v>
       </c>
       <c r="G400" s="16" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="H400" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I400" s="14" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="J400" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K400" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="401" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A401" s="13">
         <v>399</v>
       </c>
       <c r="B401" s="15">
         <v>45322</v>
       </c>
       <c r="C401" s="11" t="s">
-        <v>934</v>
+        <v>933</v>
       </c>
       <c r="D401" s="12">
         <v>6</v>
       </c>
       <c r="E401" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F401" s="13">
         <v>1505991</v>
       </c>
       <c r="G401" s="16" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="H401" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I401" s="14" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="J401" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K401" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="402" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A402" s="13">
         <v>400</v>
       </c>
       <c r="B402" s="15">
         <v>45322</v>
       </c>
       <c r="C402" s="11" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="D402" s="12">
         <v>6</v>
       </c>
       <c r="E402" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F402" s="13">
         <v>1505996</v>
       </c>
       <c r="G402" s="16" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="H402" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I402" s="14" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="J402" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K402" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="403" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A403" s="13">
         <v>401</v>
       </c>
       <c r="B403" s="15">
         <v>45322</v>
       </c>
       <c r="C403" s="11" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="D403" s="12">
         <v>6</v>
       </c>
       <c r="E403" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F403" s="13">
         <v>1506010</v>
       </c>
       <c r="G403" s="16" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="H403" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I403" s="14" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="J403" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K403" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="404" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A404" s="13">
         <v>402</v>
       </c>
       <c r="B404" s="15">
         <v>45322</v>
       </c>
       <c r="C404" s="11" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="D404" s="12">
         <v>6</v>
       </c>
       <c r="E404" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F404" s="13">
         <v>1506013</v>
       </c>
       <c r="G404" s="16" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="H404" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I404" s="14" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="J404" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K404" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="405" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A405" s="13">
         <v>403</v>
       </c>
       <c r="B405" s="15">
         <v>45322</v>
       </c>
       <c r="C405" s="11" t="s">
-        <v>939</v>
+        <v>938</v>
       </c>
       <c r="D405" s="12">
         <v>3</v>
       </c>
       <c r="E405" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F405" s="13">
         <v>1506021</v>
       </c>
       <c r="G405" s="16" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="H405" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I405" s="14" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="J405" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K405" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="406" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A406" s="13">
         <v>404</v>
       </c>
       <c r="B406" s="15">
         <v>45322</v>
       </c>
       <c r="C406" s="11" t="s">
-        <v>940</v>
+        <v>939</v>
       </c>
       <c r="D406" s="12">
         <v>3</v>
       </c>
       <c r="E406" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F406" s="13">
         <v>1506023</v>
       </c>
       <c r="G406" s="16" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="H406" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I406" s="14" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="J406" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K406" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="407" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A407" s="13">
         <v>405</v>
       </c>
       <c r="B407" s="15">
         <v>45339</v>
       </c>
       <c r="C407" s="11" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
       <c r="D407" s="12">
         <v>15</v>
       </c>
       <c r="E407" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F407" s="13">
         <v>1513744</v>
       </c>
       <c r="G407" s="16" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="H407" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I407" s="14" t="s">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="J407" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K407" s="14"/>
     </row>
     <row r="408" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A408" s="13">
         <v>406</v>
       </c>
       <c r="B408" s="15">
         <v>45348</v>
       </c>
       <c r="C408" s="11" t="s">
-        <v>943</v>
+        <v>942</v>
       </c>
       <c r="D408" s="12">
         <v>10</v>
       </c>
       <c r="E408" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F408" s="13">
         <v>1517408</v>
       </c>
       <c r="G408" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H408" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I408" s="14" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="J408" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K408" s="14" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
     </row>
     <row r="409" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A409" s="13">
         <v>407</v>
       </c>
       <c r="B409" s="15">
         <v>45348</v>
       </c>
       <c r="C409" s="11" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="D409" s="12">
         <v>8</v>
       </c>
       <c r="E409" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F409" s="13">
         <v>1517438</v>
       </c>
       <c r="G409" s="16" t="s">
-        <v>916</v>
+        <v>915</v>
       </c>
       <c r="H409" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I409" s="14" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="J409" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K409" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="410" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A410" s="13">
         <v>408</v>
       </c>
       <c r="B410" s="15">
         <v>45348</v>
       </c>
       <c r="C410" s="11" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
       <c r="D410" s="12">
         <v>10</v>
       </c>
       <c r="E410" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F410" s="13">
         <v>1517453</v>
       </c>
       <c r="G410" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H410" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I410" s="14" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="J410" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K410" s="14" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
     </row>
     <row r="411" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A411" s="13">
         <v>409</v>
       </c>
       <c r="B411" s="15">
         <v>45348</v>
       </c>
       <c r="C411" s="11" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="D411" s="12">
         <v>10</v>
       </c>
       <c r="E411" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F411" s="13">
         <v>1517458</v>
       </c>
       <c r="G411" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H411" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I411" s="14" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="J411" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K411" s="14" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
     </row>
     <row r="412" spans="1:11" s="23" customFormat="1" ht="134" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A412" s="13">
         <v>410</v>
       </c>
       <c r="B412" s="15">
         <v>45348</v>
       </c>
       <c r="C412" s="11" t="s">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="D412" s="12">
         <v>20</v>
       </c>
       <c r="E412" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F412" s="13">
         <v>1517868</v>
       </c>
       <c r="G412" s="18" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="H412" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I412" s="14" t="s">
-        <v>950</v>
+        <v>949</v>
       </c>
       <c r="J412" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K412" s="14" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
     </row>
     <row r="413" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A413" s="13">
         <v>411</v>
       </c>
       <c r="B413" s="15">
         <v>45350</v>
       </c>
       <c r="C413" s="11" t="s">
-        <v>952</v>
+        <v>951</v>
       </c>
       <c r="D413" s="12">
         <v>18</v>
       </c>
       <c r="E413" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F413" s="13">
         <v>1518830</v>
       </c>
       <c r="G413" s="16" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
       <c r="H413" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I413" s="14" t="s">
-        <v>954</v>
+        <v>953</v>
       </c>
       <c r="J413" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K413" s="14"/>
     </row>
     <row r="414" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A414" s="13">
         <v>412</v>
       </c>
       <c r="B414" s="15">
         <v>45351</v>
       </c>
       <c r="C414" s="11" t="s">
-        <v>955</v>
+        <v>954</v>
       </c>
       <c r="D414" s="12">
         <v>3</v>
       </c>
       <c r="E414" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F414" s="13">
         <v>1519581</v>
       </c>
       <c r="G414" s="16" t="s">
-        <v>925</v>
+        <v>924</v>
       </c>
       <c r="H414" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I414" s="14" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="J414" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K414" s="14" t="s">
-        <v>956</v>
+        <v>955</v>
       </c>
     </row>
     <row r="415" spans="1:11" s="23" customFormat="1" ht="81.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A415" s="13">
         <v>413</v>
       </c>
       <c r="B415" s="15">
         <v>45351</v>
       </c>
       <c r="C415" s="11" t="s">
-        <v>957</v>
+        <v>956</v>
       </c>
       <c r="D415" s="12">
         <v>15</v>
       </c>
       <c r="E415" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F415" s="13">
         <v>1519629</v>
       </c>
       <c r="G415" s="16" t="s">
-        <v>958</v>
+        <v>957</v>
       </c>
       <c r="H415" s="14" t="s">
         <v>59</v>
       </c>
       <c r="I415" s="14" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="J415" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K415" s="14" t="s">
-        <v>959</v>
+        <v>958</v>
       </c>
     </row>
     <row r="416" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A416" s="13">
         <v>414</v>
       </c>
       <c r="B416" s="15">
         <v>45351</v>
       </c>
       <c r="C416" s="11" t="s">
-        <v>960</v>
+        <v>959</v>
       </c>
       <c r="D416" s="12">
         <v>20</v>
       </c>
       <c r="E416" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F416" s="13">
         <v>1519666</v>
       </c>
       <c r="G416" s="16" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
       <c r="H416" s="14" t="s">
         <v>315</v>
       </c>
       <c r="I416" s="14" t="s">
-        <v>922</v>
+        <v>921</v>
       </c>
       <c r="J416" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K416" s="14"/>
     </row>
     <row r="417" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A417" s="13">
         <v>415</v>
       </c>
       <c r="B417" s="15">
         <v>45351</v>
       </c>
       <c r="C417" s="11" t="s">
-        <v>961</v>
+        <v>960</v>
       </c>
       <c r="D417" s="12">
         <v>25</v>
       </c>
       <c r="E417" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F417" s="13">
         <v>1519681</v>
       </c>
       <c r="G417" s="16" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="H417" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I417" s="14" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="J417" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K417" s="14" t="s">
-        <v>962</v>
+        <v>961</v>
       </c>
     </row>
     <row r="418" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A418" s="13">
         <v>416</v>
       </c>
       <c r="B418" s="15">
         <v>45351</v>
       </c>
       <c r="C418" s="11" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="D418" s="12">
         <v>5</v>
       </c>
       <c r="E418" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F418" s="13">
         <v>1519718</v>
       </c>
       <c r="G418" s="16" t="s">
+        <v>963</v>
+      </c>
+      <c r="H418" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I418" s="14" t="s">
         <v>964</v>
-      </c>
-[...4 lines deleted...]
-        <v>965</v>
       </c>
       <c r="J418" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K418" s="14" t="s">
-        <v>966</v>
+        <v>965</v>
       </c>
     </row>
     <row r="419" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A419" s="13">
         <v>417</v>
       </c>
       <c r="B419" s="15">
         <v>45351</v>
       </c>
       <c r="C419" s="11" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="D419" s="12">
         <v>7</v>
       </c>
       <c r="E419" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F419" s="13">
         <v>1519800</v>
       </c>
       <c r="G419" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H419" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I419" s="14" t="s">
-        <v>968</v>
+        <v>967</v>
       </c>
       <c r="J419" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K419" s="14" t="s">
-        <v>969</v>
+        <v>968</v>
       </c>
     </row>
     <row r="420" spans="1:11" s="23" customFormat="1" ht="116.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A420" s="13">
         <v>418</v>
       </c>
       <c r="B420" s="15">
         <v>45351</v>
       </c>
       <c r="C420" s="11" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="D420" s="12">
         <v>6</v>
       </c>
       <c r="E420" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F420" s="13">
         <v>1519811</v>
       </c>
       <c r="G420" s="16" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H420" s="14" t="s">
         <v>315</v>
       </c>
       <c r="I420" s="14" t="s">
-        <v>971</v>
+        <v>970</v>
       </c>
       <c r="J420" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K420" s="14" t="s">
-        <v>972</v>
+        <v>971</v>
       </c>
     </row>
     <row r="421" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A421" s="13">
         <v>419</v>
       </c>
       <c r="B421" s="15">
         <v>45351</v>
       </c>
       <c r="C421" s="11" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="D421" s="12">
         <v>8</v>
       </c>
       <c r="E421" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F421" s="13">
         <v>1519860</v>
       </c>
       <c r="G421" s="16" t="s">
-        <v>974</v>
+        <v>973</v>
       </c>
       <c r="H421" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I421" s="14" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="J421" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K421" s="14"/>
     </row>
     <row r="422" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A422" s="13">
         <v>420</v>
       </c>
       <c r="B422" s="15">
         <v>45351</v>
       </c>
       <c r="C422" s="11" t="s">
-        <v>975</v>
+        <v>974</v>
       </c>
       <c r="D422" s="12">
         <v>6</v>
       </c>
       <c r="E422" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F422" s="13">
         <v>1519912</v>
       </c>
       <c r="G422" s="16" t="s">
         <v>208</v>
       </c>
       <c r="H422" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I422" s="14" t="s">
-        <v>976</v>
+        <v>975</v>
       </c>
       <c r="J422" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K422" s="14" t="s">
-        <v>977</v>
+        <v>976</v>
       </c>
     </row>
     <row r="423" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A423" s="13">
         <v>421</v>
       </c>
       <c r="B423" s="15">
         <v>45362</v>
       </c>
       <c r="C423" s="11" t="s">
-        <v>978</v>
+        <v>977</v>
       </c>
       <c r="D423" s="12">
         <v>10</v>
       </c>
       <c r="E423" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F423" s="13">
         <v>1525134</v>
       </c>
       <c r="G423" s="16" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="H423" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I423" s="27" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="J423" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K423" s="14"/>
     </row>
     <row r="424" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A424" s="13">
         <v>422</v>
       </c>
       <c r="B424" s="15">
         <v>45365</v>
       </c>
       <c r="C424" s="11" t="s">
-        <v>979</v>
+        <v>978</v>
       </c>
       <c r="D424" s="12">
         <v>8</v>
       </c>
       <c r="E424" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F424" s="13">
         <v>1526716</v>
       </c>
       <c r="G424" s="16" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="H424" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I424" s="14" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="J424" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K424" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="425" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A425" s="13">
         <v>423</v>
       </c>
       <c r="B425" s="15">
         <v>45370</v>
       </c>
       <c r="C425" s="11" t="s">
-        <v>980</v>
+        <v>979</v>
       </c>
       <c r="D425" s="12">
         <v>10</v>
       </c>
       <c r="E425" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F425" s="13">
         <v>1529339</v>
       </c>
       <c r="G425" s="16" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="H425" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I425" s="14" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="J425" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K425" s="14" t="s">
-        <v>981</v>
+        <v>980</v>
       </c>
     </row>
     <row r="426" spans="1:11" s="22" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A426" s="13">
         <v>424</v>
       </c>
       <c r="B426" s="15">
         <v>45373</v>
       </c>
       <c r="C426" s="11" t="s">
-        <v>982</v>
+        <v>981</v>
       </c>
       <c r="D426" s="12">
         <v>6</v>
       </c>
       <c r="E426" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F426" s="13">
         <v>1531254</v>
       </c>
       <c r="G426" s="16">
         <v>4004367442</v>
       </c>
       <c r="H426" s="14" t="s">
         <v>315</v>
       </c>
       <c r="I426" s="14" t="s">
-        <v>971</v>
+        <v>970</v>
       </c>
       <c r="J426" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K426" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="427" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A427" s="13">
         <v>425</v>
       </c>
       <c r="B427" s="15">
         <v>45379</v>
       </c>
       <c r="C427" s="11" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="D427" s="12">
         <v>10</v>
       </c>
       <c r="E427" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F427" s="13">
         <v>1534844</v>
       </c>
       <c r="G427" s="16" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="H427" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I427" s="14" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J427" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K427" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="428" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A428" s="13">
         <v>426</v>
       </c>
       <c r="B428" s="15">
         <v>45379</v>
       </c>
       <c r="C428" s="11" t="s">
-        <v>984</v>
+        <v>983</v>
       </c>
       <c r="D428" s="12">
         <v>15</v>
       </c>
       <c r="E428" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F428" s="13">
         <v>1534925</v>
       </c>
       <c r="G428" s="16">
         <v>4013133972</v>
       </c>
       <c r="H428" s="14" t="s">
         <v>59</v>
       </c>
       <c r="I428" s="14" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="J428" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K428" s="14"/>
     </row>
     <row r="429" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A429" s="13">
         <v>427</v>
       </c>
       <c r="B429" s="15">
         <v>45379</v>
       </c>
       <c r="C429" s="11" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="D429" s="12">
         <v>5</v>
       </c>
       <c r="E429" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F429" s="13">
         <v>1534934</v>
       </c>
       <c r="G429" s="16" t="s">
+        <v>502</v>
+      </c>
+      <c r="H429" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I429" s="14" t="s">
         <v>503</v>
-      </c>
-[...4 lines deleted...]
-        <v>504</v>
       </c>
       <c r="J429" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K429" s="14" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
     </row>
     <row r="430" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A430" s="13">
         <v>428</v>
       </c>
       <c r="B430" s="15">
         <v>45380</v>
       </c>
       <c r="C430" s="11" t="s">
-        <v>987</v>
+        <v>986</v>
       </c>
       <c r="D430" s="12">
         <v>20</v>
       </c>
       <c r="E430" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F430" s="13">
         <v>1535515</v>
       </c>
       <c r="G430" s="16" t="s">
-        <v>988</v>
+        <v>987</v>
       </c>
       <c r="H430" s="14" t="s">
         <v>315</v>
       </c>
       <c r="I430" s="14" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="J430" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K430" s="14" t="s">
-        <v>1699</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="431" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A431" s="13">
         <v>429</v>
       </c>
       <c r="B431" s="15">
         <v>45380</v>
       </c>
       <c r="C431" s="11" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
       <c r="D431" s="12">
         <v>6</v>
       </c>
       <c r="E431" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F431" s="13">
         <v>1535658</v>
       </c>
       <c r="G431" s="16" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="H431" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I431" s="14" t="s">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="J431" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K431" s="14"/>
     </row>
     <row r="432" spans="1:11" s="23" customFormat="1" ht="106.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A432" s="13">
         <v>430</v>
       </c>
       <c r="B432" s="15">
         <v>45380</v>
       </c>
       <c r="C432" s="11" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
       <c r="D432" s="12">
         <v>15</v>
       </c>
       <c r="E432" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F432" s="13">
         <v>1535747</v>
       </c>
       <c r="G432" s="16" t="s">
-        <v>993</v>
+        <v>992</v>
       </c>
       <c r="H432" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I432" s="14" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="J432" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K432" s="14" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
     </row>
     <row r="433" spans="1:11" s="23" customFormat="1" ht="94" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A433" s="13">
         <v>431</v>
       </c>
       <c r="B433" s="15">
         <v>45381</v>
       </c>
       <c r="C433" s="11" t="s">
-        <v>996</v>
+        <v>995</v>
       </c>
       <c r="D433" s="12">
         <v>20</v>
       </c>
       <c r="E433" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F433" s="13">
         <v>1536063</v>
       </c>
       <c r="G433" s="18" t="s">
-        <v>997</v>
+        <v>996</v>
       </c>
       <c r="H433" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I433" s="14" t="s">
-        <v>950</v>
+        <v>949</v>
       </c>
       <c r="J433" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K433" s="14" t="s">
-        <v>998</v>
+        <v>997</v>
       </c>
     </row>
     <row r="434" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A434" s="13">
         <v>432</v>
       </c>
       <c r="B434" s="15">
         <v>45381</v>
       </c>
       <c r="C434" s="11" t="s">
-        <v>999</v>
+        <v>998</v>
       </c>
       <c r="D434" s="12">
         <v>6</v>
       </c>
       <c r="E434" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F434" s="13">
         <v>1536110</v>
       </c>
       <c r="G434" s="16" t="s">
         <v>208</v>
       </c>
       <c r="H434" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I434" s="14" t="s">
-        <v>976</v>
+        <v>975</v>
       </c>
       <c r="J434" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K434" s="14"/>
     </row>
     <row r="435" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A435" s="13">
         <v>433</v>
       </c>
       <c r="B435" s="15">
         <v>45382</v>
       </c>
       <c r="C435" s="11" t="s">
-        <v>1000</v>
+        <v>999</v>
       </c>
       <c r="D435" s="12">
         <v>6</v>
       </c>
       <c r="E435" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F435" s="13">
         <v>1536196</v>
       </c>
       <c r="G435" s="16" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="H435" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I435" s="14" t="s">
         <v>94</v>
       </c>
       <c r="J435" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K435" s="14"/>
     </row>
     <row r="436" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A436" s="13">
         <v>434</v>
       </c>
       <c r="B436" s="15">
         <v>45382</v>
       </c>
       <c r="C436" s="11" t="s">
-        <v>1001</v>
+        <v>1000</v>
       </c>
       <c r="D436" s="12">
         <v>5</v>
       </c>
       <c r="E436" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F436" s="13">
         <v>1536226</v>
       </c>
       <c r="G436" s="16" t="s">
-        <v>1002</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1001</v>
+      </c>
+      <c r="H436" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I436" s="14" t="s">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="J436" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K436" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="437" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A437" s="13">
         <v>435</v>
       </c>
       <c r="B437" s="15">
         <v>45401</v>
       </c>
       <c r="C437" s="11" t="s">
-        <v>1004</v>
+        <v>1002</v>
       </c>
       <c r="D437" s="12">
         <v>10</v>
       </c>
       <c r="E437" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F437" s="13">
         <v>1542194</v>
       </c>
       <c r="G437" s="16" t="s">
-        <v>1005</v>
+        <v>1003</v>
       </c>
       <c r="H437" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I437" s="14" t="s">
-        <v>1006</v>
+        <v>1004</v>
       </c>
       <c r="J437" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K437" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="438" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A438" s="13">
         <v>436</v>
       </c>
       <c r="B438" s="15">
         <v>45405</v>
       </c>
       <c r="C438" s="11" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
       <c r="D438" s="12">
         <v>12</v>
       </c>
       <c r="E438" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F438" s="13">
         <v>1543820</v>
       </c>
       <c r="G438" s="16" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="H438" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I438" s="14" t="s">
         <v>281</v>
       </c>
       <c r="J438" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K438" s="14" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="439" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A439" s="13">
         <v>437</v>
       </c>
       <c r="B439" s="15">
         <v>45408</v>
       </c>
       <c r="C439" s="11" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="D439" s="12">
         <v>10</v>
       </c>
       <c r="E439" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F439" s="13">
         <v>1545218</v>
       </c>
       <c r="G439" s="16" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="H439" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I439" s="14" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="J439" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K439" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="440" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A440" s="13">
         <v>438</v>
       </c>
       <c r="B440" s="15">
         <v>45408</v>
       </c>
       <c r="C440" s="11" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="D440" s="12">
         <v>15</v>
       </c>
       <c r="E440" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F440" s="13">
         <v>1545255</v>
       </c>
       <c r="G440" s="16" t="s">
-        <v>993</v>
+        <v>992</v>
       </c>
       <c r="H440" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I440" s="14" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="J440" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K440" s="14"/>
     </row>
     <row r="441" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A441" s="13">
         <v>439</v>
       </c>
       <c r="B441" s="15">
         <v>45411</v>
       </c>
       <c r="C441" s="11" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
       <c r="D441" s="12">
         <v>9</v>
       </c>
       <c r="E441" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F441" s="13">
         <v>1546337</v>
       </c>
       <c r="G441" s="16" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="H441" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I441" s="14" t="s">
-        <v>1014</v>
+        <v>1012</v>
       </c>
       <c r="J441" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K441" s="14"/>
     </row>
     <row r="442" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A442" s="13">
         <v>440</v>
       </c>
       <c r="B442" s="15">
         <v>45411</v>
       </c>
       <c r="C442" s="11" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="D442" s="12">
         <v>9</v>
       </c>
       <c r="E442" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F442" s="13">
         <v>1546326</v>
       </c>
       <c r="G442" s="16" t="s">
-        <v>1016</v>
+        <v>1014</v>
       </c>
       <c r="H442" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I442" s="14" t="s">
-        <v>1014</v>
+        <v>1012</v>
       </c>
       <c r="J442" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K442" s="14"/>
     </row>
     <row r="443" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A443" s="13">
         <v>441</v>
       </c>
       <c r="B443" s="15">
         <v>45412</v>
       </c>
       <c r="C443" s="11" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D443" s="12">
         <v>3</v>
       </c>
       <c r="E443" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F443" s="13">
         <v>1546589</v>
       </c>
       <c r="G443" s="16" t="s">
-        <v>1018</v>
+        <v>1016</v>
       </c>
       <c r="H443" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I443" s="14" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="J443" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K443" s="14"/>
     </row>
     <row r="444" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A444" s="13">
         <v>442</v>
       </c>
       <c r="B444" s="15">
         <v>45412</v>
       </c>
       <c r="C444" s="11" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="D444" s="12">
         <v>5</v>
       </c>
       <c r="E444" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F444" s="13">
         <v>1546618</v>
       </c>
       <c r="G444" s="16" t="s">
+        <v>502</v>
+      </c>
+      <c r="H444" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I444" s="14" t="s">
         <v>503</v>
-      </c>
-[...4 lines deleted...]
-        <v>504</v>
       </c>
       <c r="J444" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K444" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="445" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A445" s="13">
         <v>443</v>
       </c>
       <c r="B445" s="15">
         <v>45412</v>
       </c>
       <c r="C445" s="11" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
       <c r="D445" s="12">
         <v>7</v>
       </c>
       <c r="E445" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F445" s="13">
         <v>1547016</v>
       </c>
       <c r="G445" s="16" t="s">
-        <v>1022</v>
+        <v>1020</v>
       </c>
       <c r="H445" s="14" t="s">
         <v>59</v>
       </c>
       <c r="I445" s="14" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
       <c r="J445" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K445" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="446" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A446" s="13">
         <v>444</v>
       </c>
       <c r="B446" s="15">
         <v>45412</v>
       </c>
       <c r="C446" s="11" t="s">
-        <v>1024</v>
+        <v>1022</v>
       </c>
       <c r="D446" s="12">
         <v>10</v>
       </c>
       <c r="E446" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F446" s="13">
         <v>1547041</v>
       </c>
       <c r="G446" s="16" t="s">
-        <v>1025</v>
+        <v>1023</v>
       </c>
       <c r="H446" s="14" t="s">
         <v>315</v>
       </c>
       <c r="I446" s="14" t="s">
-        <v>1026</v>
+        <v>1024</v>
       </c>
       <c r="J446" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K446" s="14"/>
     </row>
     <row r="447" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A447" s="13">
         <v>445</v>
       </c>
       <c r="B447" s="15">
         <v>45412</v>
       </c>
       <c r="C447" s="11" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="D447" s="12">
         <v>20</v>
       </c>
       <c r="E447" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F447" s="13">
         <v>1547131</v>
       </c>
       <c r="G447" s="16" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="H447" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I447" s="14" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="J447" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K447" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="448" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A448" s="13">
         <v>446</v>
       </c>
       <c r="B448" s="15">
         <v>45412</v>
       </c>
       <c r="C448" s="11" t="s">
-        <v>1030</v>
+        <v>1028</v>
       </c>
       <c r="D448" s="12">
         <v>10</v>
       </c>
       <c r="E448" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F448" s="13">
         <v>1547127</v>
       </c>
       <c r="G448" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H448" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I448" s="14" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="J448" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K448" s="14" t="s">
-        <v>1031</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="449" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A449" s="13">
         <v>447</v>
       </c>
       <c r="B449" s="15">
         <v>45412</v>
       </c>
       <c r="C449" s="11" t="s">
-        <v>1032</v>
+        <v>1030</v>
       </c>
       <c r="D449" s="12">
         <v>12</v>
       </c>
       <c r="E449" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F449" s="13">
         <v>1547140</v>
       </c>
       <c r="G449" s="16" t="s">
-        <v>1033</v>
+        <v>1031</v>
       </c>
       <c r="H449" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I449" s="14" t="s">
-        <v>950</v>
+        <v>949</v>
       </c>
       <c r="J449" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K449" s="14"/>
     </row>
     <row r="450" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A450" s="13">
         <v>448</v>
       </c>
       <c r="B450" s="15">
         <v>45412</v>
       </c>
       <c r="C450" s="11" t="s">
-        <v>1034</v>
+        <v>1032</v>
       </c>
       <c r="D450" s="12">
         <v>10</v>
       </c>
       <c r="E450" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F450" s="13">
         <v>1547150</v>
       </c>
       <c r="G450" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H450" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I450" s="14" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="J450" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K450" s="14" t="s">
-        <v>1031</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="451" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A451" s="13">
         <v>449</v>
       </c>
       <c r="B451" s="15">
         <v>45412</v>
       </c>
       <c r="C451" s="11" t="s">
-        <v>1035</v>
+        <v>1033</v>
       </c>
       <c r="D451" s="12">
         <v>10</v>
       </c>
       <c r="E451" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F451" s="13">
         <v>1547151</v>
       </c>
       <c r="G451" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H451" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I451" s="14" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="J451" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K451" s="14" t="s">
-        <v>1031</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="452" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A452" s="13">
         <v>450</v>
       </c>
       <c r="B452" s="15">
         <v>45429</v>
       </c>
       <c r="C452" s="11" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="D452" s="12">
         <v>20</v>
       </c>
       <c r="E452" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F452" s="13">
         <v>1554567</v>
       </c>
       <c r="G452" s="16" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="H452" s="14" t="s">
         <v>101</v>
       </c>
       <c r="I452" s="14" t="s">
-        <v>1038</v>
+        <v>1036</v>
       </c>
       <c r="J452" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K452" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="453" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A453" s="13">
         <v>451</v>
       </c>
       <c r="B453" s="15">
         <v>45441</v>
       </c>
       <c r="C453" s="11" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
       <c r="D453" s="12">
         <v>9.7200000000000006</v>
       </c>
       <c r="E453" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F453" s="13">
         <v>1559137</v>
       </c>
       <c r="G453" s="16" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="H453" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I453" s="14" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="J453" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K453" s="14"/>
     </row>
     <row r="454" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A454" s="13">
         <v>452</v>
       </c>
       <c r="B454" s="15">
         <v>45441</v>
       </c>
       <c r="C454" s="11" t="s">
-        <v>1040</v>
+        <v>1038</v>
       </c>
       <c r="D454" s="12">
         <v>10</v>
       </c>
       <c r="E454" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F454" s="13">
         <v>1559259</v>
       </c>
       <c r="G454" s="16" t="s">
-        <v>1041</v>
+        <v>1039</v>
       </c>
       <c r="H454" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I454" s="14" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="J454" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K454" s="14" t="s">
-        <v>1043</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="455" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A455" s="13">
         <v>453</v>
       </c>
       <c r="B455" s="15">
         <v>45443</v>
       </c>
       <c r="C455" s="11" t="s">
-        <v>1044</v>
+        <v>1042</v>
       </c>
       <c r="D455" s="12">
         <v>3</v>
       </c>
       <c r="E455" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F455" s="13">
         <v>1560523</v>
       </c>
       <c r="G455" s="16" t="s">
         <v>432</v>
       </c>
       <c r="H455" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I455" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J455" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K455" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="456" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A456" s="13">
         <v>454</v>
       </c>
       <c r="B456" s="15">
         <v>45443</v>
       </c>
       <c r="C456" s="11" t="s">
-        <v>1045</v>
+        <v>1043</v>
       </c>
       <c r="D456" s="12">
         <v>6</v>
       </c>
       <c r="E456" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F456" s="13">
         <v>1560730</v>
       </c>
       <c r="G456" s="16" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="H456" s="14" t="s">
         <v>101</v>
       </c>
       <c r="I456" s="14" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="J456" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K456" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="457" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A457" s="13">
         <v>455</v>
       </c>
       <c r="B457" s="15">
         <v>45443</v>
       </c>
       <c r="C457" s="11" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="D457" s="12">
         <v>3</v>
       </c>
       <c r="E457" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F457" s="13">
         <v>1560726</v>
       </c>
       <c r="G457" s="16" t="s">
         <v>425</v>
       </c>
       <c r="H457" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I457" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J457" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K457" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="458" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A458" s="13">
         <v>456</v>
       </c>
       <c r="B458" s="15">
         <v>45446</v>
       </c>
       <c r="C458" s="11" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="D458" s="12">
         <v>5</v>
       </c>
       <c r="E458" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F458" s="13">
         <v>1561178</v>
       </c>
       <c r="G458" s="16" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="H458" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I458" s="14" t="s">
         <v>97</v>
       </c>
       <c r="J458" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K458" s="14" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="459" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A459" s="13">
         <v>457</v>
       </c>
       <c r="B459" s="15">
         <v>45449</v>
       </c>
       <c r="C459" s="11" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
       <c r="D459" s="12">
         <v>5</v>
       </c>
       <c r="E459" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F459" s="13">
         <v>1562691</v>
       </c>
       <c r="G459" s="16" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="H459" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I459" s="14" t="s">
         <v>97</v>
       </c>
       <c r="J459" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K459" s="14" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="460" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A460" s="13">
         <v>458</v>
       </c>
       <c r="B460" s="15">
         <v>45455</v>
       </c>
       <c r="C460" s="11" t="s">
-        <v>1054</v>
+        <v>1052</v>
       </c>
       <c r="D460" s="12">
         <v>10</v>
       </c>
       <c r="E460" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F460" s="13">
         <v>1564854</v>
       </c>
       <c r="G460" s="16" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="H460" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I460" s="14" t="s">
         <v>172</v>
       </c>
       <c r="J460" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K460" s="14"/>
     </row>
     <row r="461" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A461" s="13">
         <v>459</v>
       </c>
       <c r="B461" s="15">
         <v>45470</v>
       </c>
       <c r="C461" s="11" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="D461" s="12">
         <v>9</v>
       </c>
       <c r="E461" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F461" s="13">
         <v>1567995</v>
       </c>
       <c r="G461" s="16" t="s">
-        <v>1041</v>
+        <v>1039</v>
       </c>
       <c r="H461" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I461" s="14" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="J461" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K461" s="14" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="462" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A462" s="13">
         <v>460</v>
       </c>
       <c r="B462" s="15">
         <v>45470</v>
       </c>
       <c r="C462" s="11" t="s">
-        <v>1058</v>
+        <v>1056</v>
       </c>
       <c r="D462" s="12">
         <v>18</v>
       </c>
       <c r="E462" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F462" s="13">
         <v>1568041</v>
       </c>
       <c r="G462" s="16" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
       <c r="H462" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I462" s="14" t="s">
         <v>172</v>
       </c>
       <c r="J462" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K462" s="14" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="463" spans="1:11" s="23" customFormat="1" ht="111" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A463" s="13">
         <v>461</v>
       </c>
       <c r="B463" s="15">
         <v>45471</v>
       </c>
       <c r="C463" s="11" t="s">
-        <v>1060</v>
+        <v>1058</v>
       </c>
       <c r="D463" s="12">
         <v>9</v>
       </c>
       <c r="E463" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F463" s="13">
         <v>1568160</v>
       </c>
       <c r="G463" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H463" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I463" s="14" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="J463" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K463" s="14" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="464" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A464" s="13">
         <v>462</v>
       </c>
       <c r="B464" s="15">
         <v>45473</v>
       </c>
       <c r="C464" s="11" t="s">
-        <v>1063</v>
+        <v>1061</v>
       </c>
       <c r="D464" s="12">
         <v>10</v>
       </c>
       <c r="E464" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F464" s="13">
         <v>1568981</v>
       </c>
       <c r="G464" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H464" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I464" s="14" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="J464" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K464" s="14" t="s">
-        <v>1065</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="465" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A465" s="13">
         <v>463</v>
       </c>
       <c r="B465" s="15">
         <v>45481</v>
       </c>
       <c r="C465" s="11" t="s">
-        <v>1066</v>
+        <v>1064</v>
       </c>
       <c r="D465" s="12">
         <v>3</v>
       </c>
       <c r="E465" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F465" s="13">
         <v>1572052</v>
       </c>
       <c r="G465" s="16" t="s">
-        <v>1067</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1065</v>
+      </c>
+      <c r="H465" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I465" s="14" t="s">
         <v>248</v>
       </c>
       <c r="J465" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K465" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="466" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A466" s="13">
         <v>464</v>
       </c>
       <c r="B466" s="15">
         <v>45483</v>
       </c>
       <c r="C466" s="11" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D466" s="12">
         <v>8</v>
       </c>
       <c r="E466" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F466" s="13">
         <v>1572835</v>
       </c>
       <c r="G466" s="16" t="s">
         <v>420</v>
       </c>
       <c r="H466" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I466" s="14" t="s">
         <v>421</v>
       </c>
       <c r="J466" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K466" s="14" t="s">
-        <v>1699</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="467" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A467" s="13">
         <v>465</v>
       </c>
       <c r="B467" s="15">
         <v>45497</v>
       </c>
       <c r="C467" s="11" t="s">
-        <v>1069</v>
+        <v>1067</v>
       </c>
       <c r="D467" s="12">
         <v>8.9</v>
       </c>
       <c r="E467" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F467" s="13">
         <v>1579430</v>
       </c>
       <c r="G467" s="16" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="H467" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I467" s="14" t="s">
-        <v>1071</v>
+        <v>1069</v>
       </c>
       <c r="J467" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K467" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="468" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A468" s="13">
         <v>466</v>
       </c>
       <c r="B468" s="15">
         <v>45498</v>
       </c>
       <c r="C468" s="11" t="s">
-        <v>1072</v>
+        <v>1070</v>
       </c>
       <c r="D468" s="12">
         <v>10</v>
       </c>
       <c r="E468" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F468" s="13">
         <v>1579776</v>
       </c>
       <c r="G468" s="16" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="H468" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I468" s="14" t="s">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="J468" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K468" s="14"/>
     </row>
     <row r="469" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A469" s="13">
         <v>467</v>
       </c>
       <c r="B469" s="15">
         <v>45499</v>
       </c>
       <c r="C469" s="11" t="s">
-        <v>1073</v>
+        <v>1071</v>
       </c>
       <c r="D469" s="12">
         <v>13</v>
       </c>
       <c r="E469" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F469" s="13">
         <v>1580410</v>
       </c>
       <c r="G469" s="16" t="s">
         <v>414</v>
       </c>
       <c r="H469" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I469" s="14" t="s">
         <v>415</v>
       </c>
       <c r="J469" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K469" s="14"/>
     </row>
     <row r="470" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A470" s="13">
         <v>468</v>
       </c>
       <c r="B470" s="15">
         <v>45499</v>
       </c>
       <c r="C470" s="11" t="s">
-        <v>1074</v>
+        <v>1072</v>
       </c>
       <c r="D470" s="12">
         <v>13</v>
       </c>
       <c r="E470" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F470" s="13">
         <v>1580452</v>
       </c>
       <c r="G470" s="16" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="H470" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I470" s="14" t="s">
         <v>186</v>
       </c>
       <c r="J470" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K470" s="14"/>
     </row>
     <row r="471" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A471" s="13">
         <v>469</v>
       </c>
       <c r="B471" s="15">
         <v>45499</v>
       </c>
       <c r="C471" s="11" t="s">
-        <v>1075</v>
+        <v>1073</v>
       </c>
       <c r="D471" s="12">
         <v>17.998000000000001</v>
       </c>
       <c r="E471" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F471" s="13">
         <v>1580493</v>
       </c>
       <c r="G471" s="16" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="H471" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I471" s="14" t="s">
         <v>415</v>
       </c>
       <c r="J471" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K471" s="14" t="s">
-        <v>1077</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="472" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A472" s="13">
         <v>470</v>
       </c>
       <c r="B472" s="15">
         <v>45499</v>
       </c>
       <c r="C472" s="11" t="s">
-        <v>1078</v>
+        <v>1076</v>
       </c>
       <c r="D472" s="12">
         <v>19</v>
       </c>
       <c r="E472" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F472" s="13">
         <v>1580578</v>
       </c>
       <c r="G472" s="16" t="s">
-        <v>1079</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1077</v>
+      </c>
+      <c r="H472" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I472" s="14" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="J472" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K472" s="14"/>
     </row>
     <row r="473" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A473" s="13">
         <v>471</v>
       </c>
       <c r="B473" s="15">
         <v>45502</v>
       </c>
       <c r="C473" s="11" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
       <c r="D473" s="12">
         <v>16</v>
       </c>
       <c r="E473" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F473" s="13">
         <v>1581151</v>
       </c>
       <c r="G473" s="16" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="H473" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I473" s="14" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="J473" s="13" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="K473" s="14"/>
+        <v>29</v>
+      </c>
+      <c r="K473" s="14" t="s">
+        <v>290</v>
+      </c>
     </row>
     <row r="474" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A474" s="13">
         <v>472</v>
       </c>
       <c r="B474" s="15">
         <v>45502</v>
       </c>
       <c r="C474" s="11" t="s">
-        <v>1082</v>
+        <v>1080</v>
       </c>
       <c r="D474" s="12">
         <v>17</v>
       </c>
       <c r="E474" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F474" s="13">
         <v>1581228</v>
       </c>
       <c r="G474" s="16" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H474" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I474" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J474" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K474" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="475" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A475" s="13">
         <v>473</v>
       </c>
       <c r="B475" s="15">
         <v>45502</v>
       </c>
       <c r="C475" s="11" t="s">
-        <v>1083</v>
+        <v>1081</v>
       </c>
       <c r="D475" s="12">
         <v>20</v>
       </c>
       <c r="E475" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F475" s="13">
         <v>1581217</v>
       </c>
       <c r="G475" s="16" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="H475" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I475" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J475" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K475" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="476" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A476" s="13">
         <v>474</v>
       </c>
       <c r="B476" s="15">
         <v>45502</v>
       </c>
       <c r="C476" s="11" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="D476" s="12">
         <v>25</v>
       </c>
       <c r="E476" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F476" s="13">
         <v>1581243</v>
       </c>
       <c r="G476" s="16" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="H476" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I476" s="14" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J476" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K476" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="477" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A477" s="13">
         <v>475</v>
       </c>
       <c r="B477" s="15">
         <v>45502</v>
       </c>
       <c r="C477" s="11" t="s">
-        <v>1085</v>
+        <v>1083</v>
       </c>
       <c r="D477" s="12">
         <v>25</v>
       </c>
       <c r="E477" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F477" s="13">
         <v>1581236</v>
       </c>
       <c r="G477" s="16" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="H477" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I477" s="14" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="J477" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K477" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="478" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A478" s="13">
         <v>476</v>
       </c>
       <c r="B478" s="15">
         <v>45502</v>
       </c>
       <c r="C478" s="11" t="s">
-        <v>1086</v>
+        <v>1084</v>
       </c>
       <c r="D478" s="12">
         <v>25</v>
       </c>
       <c r="E478" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F478" s="13">
         <v>1581248</v>
       </c>
       <c r="G478" s="16" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="H478" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I478" s="14" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="J478" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K478" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="479" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A479" s="13">
         <v>477</v>
       </c>
       <c r="B479" s="15">
         <v>45502</v>
       </c>
       <c r="C479" s="11" t="s">
-        <v>1087</v>
+        <v>1085</v>
       </c>
       <c r="D479" s="12">
         <v>6.99</v>
       </c>
       <c r="E479" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F479" s="13">
         <v>1581447</v>
       </c>
       <c r="G479" s="16" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="H479" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I479" s="14" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="J479" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K479" s="14" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="480" spans="1:11" s="23" customFormat="1" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A480" s="13">
         <v>478</v>
       </c>
       <c r="B480" s="15">
         <v>45503</v>
       </c>
       <c r="C480" s="11" t="s">
-        <v>1090</v>
+        <v>1088</v>
       </c>
       <c r="D480" s="12">
         <v>8</v>
       </c>
       <c r="E480" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F480" s="13">
         <v>1581650</v>
       </c>
       <c r="G480" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H480" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I480" s="14" t="s">
         <v>27</v>
       </c>
       <c r="J480" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K480" s="14" t="s">
-        <v>1091</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="481" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A481" s="13">
         <v>479</v>
       </c>
       <c r="B481" s="15">
         <v>45503</v>
       </c>
       <c r="C481" s="11" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D481" s="12">
         <v>18</v>
       </c>
       <c r="E481" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F481" s="13">
         <v>1581719</v>
       </c>
       <c r="G481" s="16" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
       <c r="H481" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I481" s="14" t="s">
         <v>172</v>
       </c>
       <c r="J481" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K481" s="14"/>
     </row>
     <row r="482" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A482" s="13">
         <v>480</v>
       </c>
       <c r="B482" s="15">
         <v>45503</v>
       </c>
       <c r="C482" s="11" t="s">
-        <v>1093</v>
+        <v>1091</v>
       </c>
       <c r="D482" s="12">
         <v>6</v>
       </c>
       <c r="E482" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F482" s="13">
         <v>1581776</v>
       </c>
       <c r="G482" s="16" t="s">
-        <v>1094</v>
+        <v>1092</v>
       </c>
       <c r="H482" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I482" s="14" t="s">
-        <v>1095</v>
+        <v>1093</v>
       </c>
       <c r="J482" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K482" s="14" t="s">
-        <v>1096</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="483" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A483" s="13">
         <v>481</v>
       </c>
       <c r="B483" s="15">
         <v>45503</v>
       </c>
       <c r="C483" s="11" t="s">
-        <v>1097</v>
+        <v>1095</v>
       </c>
       <c r="D483" s="12">
         <v>5.5</v>
       </c>
       <c r="E483" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F483" s="13">
         <v>1581788</v>
       </c>
       <c r="G483" s="16" t="s">
-        <v>1098</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1096</v>
+      </c>
+      <c r="H483" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I483" s="14" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
       <c r="J483" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K483" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="484" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A484" s="13">
         <v>482</v>
       </c>
       <c r="B484" s="15">
         <v>45503</v>
       </c>
       <c r="C484" s="11" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
       <c r="D484" s="12">
         <v>15</v>
       </c>
       <c r="E484" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F484" s="13">
         <v>1581909</v>
       </c>
       <c r="G484" s="16" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="H484" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I484" s="14" t="s">
         <v>97</v>
       </c>
       <c r="J484" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K484" s="14"/>
     </row>
     <row r="485" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A485" s="13">
         <v>483</v>
       </c>
       <c r="B485" s="15">
         <v>45504</v>
       </c>
       <c r="C485" s="11" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D485" s="12">
         <v>6.54</v>
       </c>
       <c r="E485" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F485" s="13">
         <v>1582207</v>
       </c>
       <c r="G485" s="16" t="s">
-        <v>1102</v>
+        <v>1100</v>
       </c>
       <c r="H485" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I485" s="14" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="J485" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K485" s="14" t="s">
-        <v>1103</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="486" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A486" s="13">
         <v>484</v>
       </c>
       <c r="B486" s="15">
         <v>45504</v>
       </c>
       <c r="C486" s="11" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="D486" s="12">
         <v>20</v>
       </c>
       <c r="E486" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F486" s="13">
         <v>1582497</v>
       </c>
       <c r="G486" s="16" t="s">
-        <v>1105</v>
+        <v>1103</v>
       </c>
       <c r="H486" s="14" t="s">
         <v>234</v>
       </c>
       <c r="I486" s="14" t="s">
         <v>27</v>
       </c>
       <c r="J486" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K486" s="14" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="487" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A487" s="13">
         <v>485</v>
       </c>
       <c r="B487" s="15">
         <v>45504</v>
       </c>
       <c r="C487" s="11" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
       <c r="D487" s="12">
         <v>9</v>
       </c>
       <c r="E487" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F487" s="13">
         <v>1582559</v>
       </c>
       <c r="G487" s="16" t="s">
-        <v>1041</v>
+        <v>1039</v>
       </c>
       <c r="H487" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I487" s="14" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="J487" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K487" s="14"/>
     </row>
     <row r="488" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A488" s="13">
         <v>486</v>
       </c>
       <c r="B488" s="15">
         <v>45504</v>
       </c>
       <c r="C488" s="11" t="s">
-        <v>1108</v>
+        <v>1106</v>
       </c>
       <c r="D488" s="12">
         <v>10</v>
       </c>
       <c r="E488" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F488" s="13">
         <v>1582653</v>
       </c>
       <c r="G488" s="16" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
       <c r="H488" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I488" s="14" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
       <c r="J488" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K488" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="489" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A489" s="13">
         <v>487</v>
       </c>
       <c r="B489" s="15">
         <v>45504</v>
       </c>
       <c r="C489" s="11" t="s">
-        <v>1111</v>
+        <v>1109</v>
       </c>
       <c r="D489" s="12">
         <v>10</v>
       </c>
       <c r="E489" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F489" s="13">
         <v>1582660</v>
       </c>
       <c r="G489" s="16" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
       <c r="H489" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I489" s="14" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
       <c r="J489" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K489" s="14" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="490" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A490" s="13">
         <v>488</v>
       </c>
       <c r="B490" s="15">
         <v>45512</v>
       </c>
       <c r="C490" s="11" t="s">
-        <v>1113</v>
+        <v>1111</v>
       </c>
       <c r="D490" s="12">
         <v>15</v>
       </c>
       <c r="E490" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F490" s="13">
         <v>1585849</v>
       </c>
       <c r="G490" s="16" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="H490" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I490" s="14" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
       <c r="J490" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K490" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="491" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A491" s="13">
         <v>489</v>
       </c>
       <c r="B491" s="15">
         <v>45516</v>
       </c>
       <c r="C491" s="11" t="s">
-        <v>1116</v>
+        <v>1114</v>
       </c>
       <c r="D491" s="12">
         <v>8</v>
       </c>
       <c r="E491" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F491" s="13">
         <v>1587146</v>
       </c>
       <c r="G491" s="16" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="H491" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I491" s="14" t="s">
-        <v>1118</v>
+        <v>1116</v>
       </c>
       <c r="J491" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K491" s="14" t="s">
-        <v>1119</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="492" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A492" s="13">
         <v>490</v>
       </c>
       <c r="B492" s="15">
         <v>45524</v>
       </c>
       <c r="C492" s="11" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="D492" s="12">
         <v>8</v>
       </c>
       <c r="E492" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F492" s="13">
         <v>1590312</v>
       </c>
       <c r="G492" s="16" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="H492" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I492" s="14" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="J492" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K492" s="14" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="493" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A493" s="13">
         <v>491</v>
       </c>
       <c r="B493" s="15">
         <v>45527</v>
       </c>
       <c r="C493" s="11" t="s">
-        <v>1121</v>
+        <v>1119</v>
       </c>
       <c r="D493" s="12">
         <v>9</v>
       </c>
       <c r="E493" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F493" s="13">
         <v>1591808</v>
       </c>
       <c r="G493" s="16" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="H493" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I493" s="14" t="s">
         <v>281</v>
       </c>
       <c r="J493" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K493" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="494" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A494" s="13">
         <v>492</v>
       </c>
       <c r="B494" s="15">
         <v>45527</v>
       </c>
       <c r="C494" s="11" t="s">
-        <v>1122</v>
+        <v>1120</v>
       </c>
       <c r="D494" s="12">
         <v>9</v>
       </c>
       <c r="E494" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F494" s="13">
         <v>1591895</v>
       </c>
       <c r="G494" s="16" t="s">
-        <v>1123</v>
+        <v>1121</v>
       </c>
       <c r="H494" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I494" s="14" t="s">
         <v>206</v>
       </c>
       <c r="J494" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K494" s="14"/>
     </row>
     <row r="495" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A495" s="13">
         <v>493</v>
       </c>
       <c r="B495" s="15">
         <v>45527</v>
       </c>
       <c r="C495" s="11" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="D495" s="12">
         <v>9</v>
       </c>
       <c r="E495" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F495" s="13">
         <v>1591913</v>
       </c>
       <c r="G495" s="16" t="s">
-        <v>1125</v>
+        <v>1123</v>
       </c>
       <c r="H495" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I495" s="14" t="s">
         <v>206</v>
       </c>
       <c r="J495" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K495" s="14"/>
     </row>
     <row r="496" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A496" s="13">
         <v>494</v>
       </c>
       <c r="B496" s="15">
         <v>45530</v>
       </c>
       <c r="C496" s="11" t="s">
-        <v>1126</v>
+        <v>1124</v>
       </c>
       <c r="D496" s="12">
         <v>17.998000000000001</v>
       </c>
       <c r="E496" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F496" s="13">
         <v>1592355</v>
       </c>
       <c r="G496" s="16" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="H496" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I496" s="14" t="s">
         <v>415</v>
       </c>
       <c r="J496" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K496" s="14"/>
     </row>
     <row r="497" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A497" s="13">
         <v>495</v>
       </c>
       <c r="B497" s="15">
         <v>45531</v>
       </c>
       <c r="C497" s="11" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D497" s="12">
         <v>6</v>
       </c>
       <c r="E497" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F497" s="13">
         <v>1592987</v>
       </c>
       <c r="G497" s="16" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="H497" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I497" s="14" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="J497" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K497" s="14"/>
     </row>
     <row r="498" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A498" s="13">
         <v>496</v>
       </c>
       <c r="B498" s="15">
         <v>45531</v>
       </c>
       <c r="C498" s="11" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
       <c r="D498" s="12">
         <v>6</v>
       </c>
       <c r="E498" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F498" s="13">
         <v>1593002</v>
       </c>
       <c r="G498" s="16" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="H498" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I498" s="14" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="J498" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K498" s="14"/>
     </row>
     <row r="499" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A499" s="13">
         <v>497</v>
       </c>
       <c r="B499" s="15">
         <v>45531</v>
       </c>
       <c r="C499" s="11" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="D499" s="12">
         <v>6</v>
       </c>
       <c r="E499" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F499" s="13">
         <v>1593004</v>
       </c>
       <c r="G499" s="16" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="H499" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I499" s="14" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="J499" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K499" s="14"/>
     </row>
     <row r="500" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A500" s="13">
         <v>498</v>
       </c>
       <c r="B500" s="15">
         <v>45531</v>
       </c>
       <c r="C500" s="11" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
       <c r="D500" s="12">
         <v>6</v>
       </c>
       <c r="E500" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F500" s="13">
         <v>1593025</v>
       </c>
       <c r="G500" s="16" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="H500" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I500" s="14" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="J500" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K500" s="14"/>
     </row>
     <row r="501" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A501" s="13">
         <v>499</v>
       </c>
       <c r="B501" s="15">
         <v>45531</v>
       </c>
       <c r="C501" s="11" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="D501" s="12">
         <v>6</v>
       </c>
       <c r="E501" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F501" s="13">
         <v>1593016</v>
       </c>
       <c r="G501" s="16" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="H501" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I501" s="14" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="J501" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K501" s="14"/>
     </row>
     <row r="502" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A502" s="13">
         <v>500</v>
       </c>
       <c r="B502" s="15">
         <v>45531</v>
       </c>
       <c r="C502" s="11" t="s">
-        <v>1132</v>
+        <v>1130</v>
       </c>
       <c r="D502" s="12">
         <v>3</v>
       </c>
       <c r="E502" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F502" s="13">
         <v>1593042</v>
       </c>
       <c r="G502" s="16" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="H502" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I502" s="14" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="J502" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K502" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="503" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A503" s="13">
         <v>501</v>
       </c>
       <c r="B503" s="15">
         <v>45531</v>
       </c>
       <c r="C503" s="11" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="D503" s="12">
         <v>3</v>
       </c>
       <c r="E503" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F503" s="13">
         <v>1593039</v>
       </c>
       <c r="G503" s="16" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="H503" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I503" s="14" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="J503" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K503" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="504" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A504" s="13">
         <v>502</v>
       </c>
       <c r="B504" s="15">
         <v>45532</v>
       </c>
       <c r="C504" s="11" t="s">
-        <v>1134</v>
+        <v>1132</v>
       </c>
       <c r="D504" s="12">
         <v>3</v>
       </c>
       <c r="E504" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F504" s="13">
         <v>1593852</v>
       </c>
       <c r="G504" s="16" t="s">
-        <v>1135</v>
+        <v>1133</v>
       </c>
       <c r="H504" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I504" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J504" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K504" s="14" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="505" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A505" s="13">
         <v>503</v>
       </c>
       <c r="B505" s="15">
         <v>45532</v>
       </c>
       <c r="C505" s="11" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="D505" s="12">
         <v>3</v>
       </c>
       <c r="E505" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F505" s="13">
         <v>1593866</v>
       </c>
       <c r="G505" s="16" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="H505" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I505" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J505" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K505" s="14" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="506" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A506" s="13">
         <v>504</v>
       </c>
       <c r="B506" s="15">
         <v>45532</v>
       </c>
       <c r="C506" s="11" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D506" s="12">
         <v>3</v>
       </c>
       <c r="E506" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F506" s="13">
         <v>1593895</v>
       </c>
       <c r="G506" s="16" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="H506" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I506" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J506" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K506" s="14" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="507" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A507" s="13">
         <v>505</v>
       </c>
       <c r="B507" s="15">
         <v>45533</v>
       </c>
       <c r="C507" s="11" t="s">
-        <v>1139</v>
+        <v>1137</v>
       </c>
       <c r="D507" s="12">
         <v>10</v>
       </c>
       <c r="E507" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F507" s="13">
         <v>1593982</v>
       </c>
       <c r="G507" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H507" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I507" s="14" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="J507" s="13" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="K507" s="14"/>
+        <v>29</v>
+      </c>
+      <c r="K507" s="14" t="s">
+        <v>290</v>
+      </c>
     </row>
     <row r="508" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A508" s="13">
         <v>506</v>
       </c>
       <c r="B508" s="15">
         <v>45533</v>
       </c>
       <c r="C508" s="11" t="s">
-        <v>1140</v>
+        <v>1138</v>
       </c>
       <c r="D508" s="12">
         <v>3</v>
       </c>
       <c r="E508" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F508" s="13">
         <v>1594135</v>
       </c>
       <c r="G508" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H508" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I508" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J508" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K508" s="14" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="509" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A509" s="13">
         <v>507</v>
       </c>
       <c r="B509" s="15">
         <v>45533</v>
       </c>
       <c r="C509" s="11" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="D509" s="12">
         <v>3</v>
       </c>
       <c r="E509" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F509" s="13">
         <v>1594156</v>
       </c>
       <c r="G509" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H509" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I509" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J509" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K509" s="14" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="510" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A510" s="13">
         <v>508</v>
       </c>
       <c r="B510" s="15">
         <v>45533</v>
       </c>
       <c r="C510" s="11" t="s">
-        <v>1142</v>
+        <v>1140</v>
       </c>
       <c r="D510" s="12">
         <v>3</v>
       </c>
       <c r="E510" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F510" s="13">
         <v>1594163</v>
       </c>
       <c r="G510" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H510" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I510" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J510" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K510" s="14" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="511" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A511" s="13">
         <v>509</v>
       </c>
       <c r="B511" s="15">
         <v>45533</v>
       </c>
       <c r="C511" s="11" t="s">
-        <v>1143</v>
+        <v>1141</v>
       </c>
       <c r="D511" s="12">
         <v>3</v>
       </c>
       <c r="E511" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F511" s="13">
         <v>1594179</v>
       </c>
       <c r="G511" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H511" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I511" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J511" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K511" s="14" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="512" spans="1:11" s="23" customFormat="1" ht="89.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A512" s="13">
         <v>510</v>
       </c>
       <c r="B512" s="15">
         <v>45533</v>
       </c>
       <c r="C512" s="11" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="D512" s="12">
         <v>7.5</v>
       </c>
       <c r="E512" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F512" s="13">
         <v>1594347</v>
       </c>
       <c r="G512" s="16" t="s">
-        <v>1145</v>
+        <v>1143</v>
       </c>
       <c r="H512" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I512" s="14" t="s">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="J512" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K512" s="14" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="513" spans="1:11" s="23" customFormat="1" ht="95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A513" s="13">
         <v>511</v>
       </c>
       <c r="B513" s="15">
         <v>45534</v>
       </c>
       <c r="C513" s="11" t="s">
-        <v>1148</v>
+        <v>1146</v>
       </c>
       <c r="D513" s="12">
         <v>7.7</v>
       </c>
       <c r="E513" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F513" s="13">
         <v>1594625</v>
       </c>
       <c r="G513" s="16" t="s">
-        <v>1005</v>
+        <v>1003</v>
       </c>
       <c r="H513" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I513" s="14" t="s">
-        <v>1006</v>
+        <v>1004</v>
       </c>
       <c r="J513" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K513" s="14" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="514" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A514" s="13">
         <v>512</v>
       </c>
       <c r="B514" s="15">
         <v>45535</v>
       </c>
       <c r="C514" s="11" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="D514" s="12">
         <v>6.54</v>
       </c>
       <c r="E514" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F514" s="13">
         <v>1594829</v>
       </c>
       <c r="G514" s="16" t="s">
-        <v>1102</v>
+        <v>1100</v>
       </c>
       <c r="H514" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I514" s="14" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="J514" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K514" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="515" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A515" s="13">
         <v>513</v>
       </c>
       <c r="B515" s="15">
         <v>45535</v>
       </c>
       <c r="C515" s="11" t="s">
-        <v>1151</v>
+        <v>1149</v>
       </c>
       <c r="D515" s="12">
         <v>6.99</v>
       </c>
       <c r="E515" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F515" s="13">
         <v>1594860</v>
       </c>
       <c r="G515" s="16" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="H515" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I515" s="14" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="J515" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K515" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="516" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A516" s="13">
         <v>514</v>
       </c>
       <c r="B516" s="15">
         <v>45535</v>
       </c>
       <c r="C516" s="11" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="D516" s="12">
         <v>3</v>
       </c>
       <c r="E516" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F516" s="13">
         <v>1594888</v>
       </c>
       <c r="G516" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H516" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I516" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J516" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K516" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="517" spans="1:11" s="23" customFormat="1" ht="115" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A517" s="13">
         <v>515</v>
       </c>
       <c r="B517" s="15">
         <v>45535</v>
       </c>
       <c r="C517" s="11" t="s">
-        <v>1153</v>
+        <v>1151</v>
       </c>
       <c r="D517" s="12">
         <v>3</v>
       </c>
       <c r="E517" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F517" s="13">
         <v>1594914</v>
       </c>
       <c r="G517" s="16" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="H517" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I517" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J517" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K517" s="14" t="s">
-        <v>1154</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="518" spans="1:11" s="23" customFormat="1" ht="221.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A518" s="13">
         <v>516</v>
       </c>
       <c r="B518" s="15">
         <v>45536</v>
       </c>
       <c r="C518" s="11" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="D518" s="12">
         <v>10</v>
       </c>
       <c r="E518" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F518" s="13">
         <v>1594944</v>
       </c>
       <c r="G518" s="16" t="s">
-        <v>1156</v>
+        <v>1154</v>
       </c>
       <c r="H518" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I518" s="14" t="s">
-        <v>1157</v>
+        <v>1155</v>
       </c>
       <c r="J518" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K518" s="14" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="519" spans="1:11" s="23" customFormat="1" ht="115" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A519" s="13">
         <v>517</v>
       </c>
       <c r="B519" s="15">
         <v>45544</v>
       </c>
       <c r="C519" s="11" t="s">
-        <v>1159</v>
+        <v>1157</v>
       </c>
       <c r="D519" s="12">
         <v>5</v>
       </c>
       <c r="E519" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F519" s="13">
         <v>1599694</v>
       </c>
       <c r="G519" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H519" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I519" s="14" t="s">
-        <v>1160</v>
+        <v>1158</v>
       </c>
       <c r="J519" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K519" s="14" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="520" spans="1:11" s="23" customFormat="1" ht="115" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A520" s="13">
         <v>518</v>
       </c>
       <c r="B520" s="15">
         <v>45548</v>
       </c>
       <c r="C520" s="11" t="s">
-        <v>1162</v>
+        <v>1160</v>
       </c>
       <c r="D520" s="12">
         <v>7</v>
       </c>
       <c r="E520" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F520" s="13">
         <v>1601841</v>
       </c>
       <c r="G520" s="16" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="H520" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I520" s="14" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="J520" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K520" s="14" t="s">
-        <v>1163</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="521" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A521" s="13">
         <v>519</v>
       </c>
       <c r="B521" s="15">
         <v>45559</v>
       </c>
       <c r="C521" s="11" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="D521" s="12">
         <v>6</v>
       </c>
       <c r="E521" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F521" s="13">
         <v>1606278</v>
       </c>
       <c r="G521" s="16" t="s">
-        <v>1094</v>
+        <v>1092</v>
       </c>
       <c r="H521" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I521" s="14" t="s">
-        <v>1095</v>
+        <v>1093</v>
       </c>
       <c r="J521" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K521" s="14"/>
     </row>
     <row r="522" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A522" s="13">
         <v>520</v>
       </c>
       <c r="B522" s="15">
         <v>45561</v>
       </c>
       <c r="C522" s="11" t="s">
-        <v>1165</v>
+        <v>1163</v>
       </c>
       <c r="D522" s="12">
         <v>7</v>
       </c>
       <c r="E522" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F522" s="13">
         <v>1607361</v>
       </c>
       <c r="G522" s="16" t="s">
-        <v>1166</v>
+        <v>1164</v>
       </c>
       <c r="H522" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I522" s="14" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="J522" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K522" s="14" t="s">
-        <v>1167</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="523" spans="1:11" s="23" customFormat="1" ht="103" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A523" s="13">
         <v>521</v>
       </c>
       <c r="B523" s="15">
         <v>45562</v>
       </c>
       <c r="C523" s="11" t="s">
-        <v>1168</v>
+        <v>1166</v>
       </c>
       <c r="D523" s="12">
         <v>7.7</v>
       </c>
       <c r="E523" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F523" s="13">
         <v>1607722</v>
       </c>
       <c r="G523" s="16" t="s">
-        <v>1005</v>
+        <v>1003</v>
       </c>
       <c r="H523" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I523" s="14" t="s">
-        <v>1006</v>
+        <v>1004</v>
       </c>
       <c r="J523" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K523" s="14" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="524" spans="1:11" s="23" customFormat="1" ht="81.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A524" s="13">
         <v>522</v>
       </c>
       <c r="B524" s="15">
         <v>45562</v>
       </c>
       <c r="C524" s="11" t="s">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="D524" s="12">
         <v>6</v>
       </c>
       <c r="E524" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F524" s="13">
         <v>1607816</v>
       </c>
       <c r="G524" s="16" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="H524" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I524" s="14" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="J524" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K524" s="14" t="s">
-        <v>1173</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="525" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A525" s="13">
         <v>523</v>
       </c>
       <c r="B525" s="15">
         <v>45563</v>
       </c>
       <c r="C525" s="11" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="D525" s="12">
         <v>6.9</v>
       </c>
       <c r="E525" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F525" s="13">
         <v>1608074</v>
       </c>
       <c r="G525" s="16" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="H525" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I525" s="14" t="s">
-        <v>1118</v>
+        <v>1116</v>
       </c>
       <c r="J525" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K525" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="526" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A526" s="13">
         <v>524</v>
       </c>
       <c r="B526" s="15">
         <v>45563</v>
       </c>
       <c r="C526" s="11" t="s">
-        <v>1175</v>
+        <v>1173</v>
       </c>
       <c r="D526" s="12">
         <v>24.99</v>
       </c>
       <c r="E526" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F526" s="13">
         <v>1608221</v>
       </c>
       <c r="G526" s="16" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
       <c r="H526" s="14" t="s">
         <v>234</v>
       </c>
       <c r="I526" s="14" t="s">
-        <v>1177</v>
+        <v>1175</v>
       </c>
       <c r="J526" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K526" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="527" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A527" s="13">
         <v>525</v>
       </c>
       <c r="B527" s="15">
         <v>45564</v>
       </c>
       <c r="C527" s="11" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="D527" s="12">
         <v>7.5</v>
       </c>
       <c r="E527" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F527" s="13">
         <v>1608292</v>
       </c>
       <c r="G527" s="16" t="s">
-        <v>1145</v>
+        <v>1143</v>
       </c>
       <c r="H527" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I527" s="14" t="s">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="J527" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K527" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="528" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A528" s="13">
         <v>526</v>
       </c>
       <c r="B528" s="15">
         <v>45565</v>
       </c>
       <c r="C528" s="11" t="s">
-        <v>1179</v>
+        <v>1177</v>
       </c>
       <c r="D528" s="12">
         <v>4.55</v>
       </c>
       <c r="E528" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F528" s="13">
         <v>1608821</v>
       </c>
       <c r="G528" s="16" t="s">
-        <v>1180</v>
+        <v>1178</v>
       </c>
       <c r="H528" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I528" s="14" t="s">
-        <v>1181</v>
+        <v>1179</v>
       </c>
       <c r="J528" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K528" s="14" t="s">
-        <v>1182</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="529" spans="1:11" s="23" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A529" s="13">
         <v>527</v>
       </c>
       <c r="B529" s="15">
         <v>45565</v>
       </c>
       <c r="C529" s="11" t="s">
-        <v>1183</v>
+        <v>1181</v>
       </c>
       <c r="D529" s="12">
         <v>4.55</v>
       </c>
       <c r="E529" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F529" s="13">
         <v>1608865</v>
       </c>
       <c r="G529" s="16" t="s">
         <v>345</v>
       </c>
       <c r="H529" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I529" s="14" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
       <c r="J529" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K529" s="14" t="s">
-        <v>1182</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="530" spans="1:11" s="23" customFormat="1" ht="115" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A530" s="13">
         <v>528</v>
       </c>
       <c r="B530" s="15">
         <v>45565</v>
       </c>
       <c r="C530" s="11" t="s">
-        <v>1185</v>
+        <v>1183</v>
       </c>
       <c r="D530" s="12">
         <v>5</v>
       </c>
       <c r="E530" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F530" s="13">
         <v>1608922</v>
       </c>
       <c r="G530" s="16" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
       <c r="H530" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I530" s="14" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
       <c r="J530" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K530" s="14" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="531" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A531" s="13">
         <v>529</v>
       </c>
       <c r="B531" s="15">
         <v>45565</v>
       </c>
       <c r="C531" s="11" t="s">
-        <v>1189</v>
+        <v>1187</v>
       </c>
       <c r="D531" s="12">
         <v>15</v>
       </c>
       <c r="E531" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F531" s="13">
         <v>1608930</v>
       </c>
       <c r="G531" s="16" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="H531" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I531" s="14" t="s">
         <v>97</v>
       </c>
       <c r="J531" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K531" s="14" t="s">
-        <v>1190</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="532" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A532" s="13">
         <v>530</v>
       </c>
       <c r="B532" s="15">
         <v>45582</v>
       </c>
       <c r="C532" s="11" t="s">
-        <v>1191</v>
+        <v>1189</v>
       </c>
       <c r="D532" s="12">
         <v>20</v>
       </c>
       <c r="E532" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F532" s="13">
         <v>1615889</v>
       </c>
       <c r="G532" s="16" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="H532" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I532" s="14" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="J532" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K532" s="14"/>
     </row>
     <row r="533" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A533" s="13">
         <v>531</v>
       </c>
       <c r="B533" s="15">
         <v>45588</v>
       </c>
       <c r="C533" s="11" t="s">
-        <v>1192</v>
+        <v>1190</v>
       </c>
       <c r="D533" s="12">
         <v>8</v>
       </c>
       <c r="E533" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F533" s="13">
         <v>1618224</v>
       </c>
       <c r="G533" s="16" t="s">
-        <v>1193</v>
+        <v>1191</v>
       </c>
       <c r="H533" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I533" s="14" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="J533" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K533" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="534" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A534" s="13">
         <v>532</v>
       </c>
       <c r="B534" s="15">
         <v>45589</v>
       </c>
       <c r="C534" s="11" t="s">
-        <v>1194</v>
+        <v>1192</v>
       </c>
       <c r="D534" s="12">
         <v>7</v>
       </c>
       <c r="E534" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F534" s="13">
         <v>1618563</v>
       </c>
       <c r="G534" s="16" t="s">
-        <v>1022</v>
+        <v>1020</v>
       </c>
       <c r="H534" s="14" t="s">
         <v>59</v>
       </c>
       <c r="I534" s="14" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
       <c r="J534" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K534" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="535" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A535" s="13">
         <v>533</v>
       </c>
       <c r="B535" s="15">
         <v>45589</v>
       </c>
       <c r="C535" s="11" t="s">
-        <v>1195</v>
+        <v>1193</v>
       </c>
       <c r="D535" s="12">
         <v>7</v>
       </c>
       <c r="E535" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F535" s="13">
         <v>1618585</v>
       </c>
       <c r="G535" s="16" t="s">
-        <v>1166</v>
+        <v>1164</v>
       </c>
       <c r="H535" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I535" s="14" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="J535" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K535" s="14"/>
     </row>
     <row r="536" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A536" s="13">
         <v>534</v>
       </c>
       <c r="B536" s="15">
         <v>45590</v>
       </c>
       <c r="C536" s="11" t="s">
-        <v>1196</v>
+        <v>1194</v>
       </c>
       <c r="D536" s="12">
         <v>10</v>
       </c>
       <c r="E536" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F536" s="13">
         <v>1619171</v>
       </c>
       <c r="G536" s="16" t="s">
-        <v>1197</v>
+        <v>1195</v>
       </c>
       <c r="H536" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I536" s="14" t="s">
-        <v>1198</v>
+        <v>1196</v>
       </c>
       <c r="J536" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K536" s="14"/>
     </row>
     <row r="537" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A537" s="13">
         <v>535</v>
       </c>
       <c r="B537" s="15">
         <v>45590</v>
       </c>
       <c r="C537" s="11" t="s">
-        <v>1199</v>
+        <v>1197</v>
       </c>
       <c r="D537" s="12">
         <v>23</v>
       </c>
       <c r="E537" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F537" s="13">
         <v>1619369</v>
       </c>
       <c r="G537" s="16" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="H537" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I537" s="14" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="J537" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K537" s="14"/>
     </row>
     <row r="538" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A538" s="13">
         <v>536</v>
       </c>
       <c r="B538" s="15">
         <v>45593</v>
       </c>
       <c r="C538" s="11" t="s">
-        <v>1202</v>
+        <v>1200</v>
       </c>
       <c r="D538" s="12">
         <v>20</v>
       </c>
       <c r="E538" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F538" s="13">
         <v>1619789</v>
       </c>
       <c r="G538" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H538" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I538" s="14" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="J538" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K538" s="14" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="539" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A539" s="13">
         <v>537</v>
       </c>
       <c r="B539" s="15">
         <v>45595</v>
       </c>
       <c r="C539" s="11" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="D539" s="12">
         <v>17.600000000000001</v>
       </c>
       <c r="E539" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F539" s="13">
         <v>1620578</v>
       </c>
       <c r="G539" s="16" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
       <c r="H539" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I539" s="14" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="J539" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K539" s="14" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="540" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A540" s="13">
         <v>538</v>
       </c>
       <c r="B540" s="15">
         <v>45595</v>
       </c>
       <c r="C540" s="11" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="D540" s="12">
         <v>7</v>
       </c>
       <c r="E540" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F540" s="13">
         <v>1620722</v>
       </c>
       <c r="G540" s="16" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="H540" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I540" s="14" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="J540" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K540" s="14"/>
     </row>
     <row r="541" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A541" s="13">
         <v>539</v>
       </c>
       <c r="B541" s="15">
         <v>45596</v>
       </c>
       <c r="C541" s="11" t="s">
-        <v>1209</v>
+        <v>1207</v>
       </c>
       <c r="D541" s="12">
         <v>3</v>
       </c>
       <c r="E541" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F541" s="13">
         <v>1621341</v>
       </c>
       <c r="G541" s="16" t="s">
-        <v>1210</v>
+        <v>1208</v>
       </c>
       <c r="H541" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I541" s="14" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="J541" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K541" s="14" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="542" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A542" s="13">
         <v>540</v>
       </c>
       <c r="B542" s="15">
         <v>45596</v>
       </c>
       <c r="C542" s="11" t="s">
-        <v>1212</v>
+        <v>1210</v>
       </c>
       <c r="D542" s="12">
         <v>3</v>
       </c>
       <c r="E542" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F542" s="13">
         <v>1621331</v>
       </c>
       <c r="G542" s="16" t="s">
-        <v>1210</v>
+        <v>1208</v>
       </c>
       <c r="H542" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I542" s="14" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="J542" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K542" s="14" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="543" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A543" s="13">
         <v>541</v>
       </c>
       <c r="B543" s="15">
         <v>45596</v>
       </c>
       <c r="C543" s="11" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
       <c r="D543" s="12">
         <v>3</v>
       </c>
       <c r="E543" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F543" s="13">
         <v>1621332</v>
       </c>
       <c r="G543" s="16" t="s">
-        <v>1210</v>
+        <v>1208</v>
       </c>
       <c r="H543" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I543" s="14" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="J543" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K543" s="14" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="544" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A544" s="13">
         <v>542</v>
       </c>
       <c r="B544" s="15">
         <v>45601</v>
       </c>
       <c r="C544" s="11" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
       <c r="D544" s="12">
         <v>25</v>
       </c>
       <c r="E544" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F544" s="13">
         <v>1622848</v>
       </c>
       <c r="G544" s="16" t="s">
-        <v>1216</v>
+        <v>1214</v>
       </c>
       <c r="H544" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I544" s="14" t="s">
-        <v>1217</v>
+        <v>1215</v>
       </c>
       <c r="J544" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K544" s="14" t="s">
-        <v>1218</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="545" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A545" s="13">
         <v>543</v>
       </c>
       <c r="B545" s="15">
         <v>45605</v>
       </c>
       <c r="C545" s="11" t="s">
-        <v>1219</v>
+        <v>1217</v>
       </c>
       <c r="D545" s="12">
         <v>7.7</v>
       </c>
       <c r="E545" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F545" s="13">
         <v>1624605</v>
       </c>
       <c r="G545" s="16" t="s">
-        <v>1005</v>
+        <v>1003</v>
       </c>
       <c r="H545" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I545" s="14" t="s">
-        <v>1006</v>
+        <v>1004</v>
       </c>
       <c r="J545" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K545" s="14"/>
     </row>
     <row r="546" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A546" s="13">
         <v>544</v>
       </c>
       <c r="B546" s="15">
         <v>45612</v>
       </c>
       <c r="C546" s="11" t="s">
-        <v>1220</v>
+        <v>1218</v>
       </c>
       <c r="D546" s="12">
         <v>15</v>
       </c>
       <c r="E546" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F546" s="13">
         <v>1627509</v>
       </c>
       <c r="G546" s="16" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="H546" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I546" s="14" t="s">
         <v>97</v>
       </c>
       <c r="J546" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K546" s="14"/>
     </row>
     <row r="547" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A547" s="13">
         <v>545</v>
       </c>
       <c r="B547" s="15">
         <v>45617</v>
       </c>
       <c r="C547" s="11" t="s">
-        <v>1221</v>
+        <v>1219</v>
       </c>
       <c r="D547" s="12">
         <v>6</v>
       </c>
       <c r="E547" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F547" s="13">
         <v>1629392</v>
       </c>
       <c r="G547" s="16" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="H547" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I547" s="14" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="J547" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K547" s="14" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="548" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A548" s="13">
         <v>546</v>
       </c>
       <c r="B548" s="15">
         <v>45618</v>
       </c>
       <c r="C548" s="11" t="s">
-        <v>1223</v>
+        <v>1221</v>
       </c>
       <c r="D548" s="12">
         <v>20</v>
       </c>
       <c r="E548" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F548" s="13">
         <v>1629947</v>
       </c>
       <c r="G548" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H548" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I548" s="14" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="J548" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K548" s="14" t="s">
-        <v>1224</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="549" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A549" s="13">
         <v>547</v>
       </c>
       <c r="B549" s="15">
         <v>45621</v>
       </c>
       <c r="C549" s="11" t="s">
-        <v>1225</v>
+        <v>1223</v>
       </c>
       <c r="D549" s="12">
         <v>17.600000000000001</v>
       </c>
       <c r="E549" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F549" s="13">
         <v>1630771</v>
       </c>
       <c r="G549" s="16" t="s">
-        <v>1226</v>
+        <v>1224</v>
       </c>
       <c r="H549" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I549" s="14" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="J549" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K549" s="14"/>
     </row>
     <row r="550" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A550" s="13">
         <v>548</v>
       </c>
       <c r="B550" s="15">
         <v>45621</v>
       </c>
       <c r="C550" s="11" t="s">
-        <v>1228</v>
+        <v>1226</v>
       </c>
       <c r="D550" s="12">
         <v>17.600000000000001</v>
       </c>
       <c r="E550" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F550" s="13">
         <v>1630767</v>
       </c>
       <c r="G550" s="16" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
       <c r="H550" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I550" s="14" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="J550" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K550" s="14"/>
     </row>
     <row r="551" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A551" s="13">
         <v>549</v>
       </c>
       <c r="B551" s="15">
         <v>45621</v>
       </c>
       <c r="C551" s="11" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
       <c r="D551" s="12">
         <v>5</v>
       </c>
       <c r="E551" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F551" s="13">
         <v>1630927</v>
       </c>
       <c r="G551" s="16" t="s">
+        <v>502</v>
+      </c>
+      <c r="H551" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I551" s="14" t="s">
         <v>503</v>
-      </c>
-[...4 lines deleted...]
-        <v>504</v>
       </c>
       <c r="J551" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K551" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="552" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A552" s="13">
         <v>550</v>
       </c>
       <c r="B552" s="15">
         <v>45623</v>
       </c>
       <c r="C552" s="11" t="s">
-        <v>1230</v>
+        <v>1228</v>
       </c>
       <c r="D552" s="12">
         <v>8</v>
       </c>
       <c r="E552" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F552" s="13">
         <v>1632092</v>
       </c>
       <c r="G552" s="16" t="s">
-        <v>1231</v>
+        <v>1229</v>
       </c>
       <c r="H552" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I552" s="14" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
       <c r="J552" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K552" s="14" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="553" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A553" s="13">
         <v>551</v>
       </c>
       <c r="B553" s="15">
         <v>45624</v>
       </c>
       <c r="C553" s="11" t="s">
-        <v>1234</v>
+        <v>1232</v>
       </c>
       <c r="D553" s="12">
         <v>4.55</v>
       </c>
       <c r="E553" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F553" s="13">
         <v>1632489</v>
       </c>
       <c r="G553" s="16" t="s">
         <v>345</v>
       </c>
       <c r="H553" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I553" s="14" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
       <c r="J553" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K553" s="14"/>
     </row>
     <row r="554" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A554" s="13">
         <v>552</v>
       </c>
       <c r="B554" s="15">
         <v>45624</v>
       </c>
       <c r="C554" s="11" t="s">
-        <v>1235</v>
+        <v>1233</v>
       </c>
       <c r="D554" s="12">
         <v>24</v>
       </c>
       <c r="E554" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F554" s="13">
         <v>1632542</v>
       </c>
       <c r="G554" s="16" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
       <c r="H554" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I554" s="14" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="J554" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K554" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="555" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A555" s="13">
         <v>553</v>
       </c>
       <c r="B555" s="15">
         <v>45624</v>
       </c>
       <c r="C555" s="11" t="s">
-        <v>1237</v>
+        <v>1235</v>
       </c>
       <c r="D555" s="12">
         <v>4.55</v>
       </c>
       <c r="E555" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F555" s="13">
         <v>1632551</v>
       </c>
       <c r="G555" s="16" t="s">
-        <v>1180</v>
+        <v>1178</v>
       </c>
       <c r="H555" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I555" s="14" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
       <c r="J555" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K555" s="14"/>
     </row>
     <row r="556" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A556" s="13">
         <v>554</v>
       </c>
       <c r="B556" s="15">
         <v>45624</v>
       </c>
       <c r="C556" s="11" t="s">
-        <v>1238</v>
+        <v>1236</v>
       </c>
       <c r="D556" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="E556" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F556" s="13">
         <v>1632561</v>
       </c>
       <c r="G556" s="16" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
       <c r="H556" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I556" s="14" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="J556" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K556" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="557" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A557" s="13">
         <v>555</v>
       </c>
       <c r="B557" s="15">
         <v>45625</v>
       </c>
       <c r="C557" s="11" t="s">
-        <v>1241</v>
+        <v>1239</v>
       </c>
       <c r="D557" s="12">
         <v>8.9</v>
       </c>
       <c r="E557" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F557" s="13">
         <v>1633004</v>
       </c>
       <c r="G557" s="16" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="H557" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I557" s="14" t="s">
-        <v>1071</v>
+        <v>1069</v>
       </c>
       <c r="J557" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K557" s="14"/>
     </row>
     <row r="558" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A558" s="13">
         <v>556</v>
       </c>
       <c r="B558" s="15">
         <v>45625</v>
       </c>
       <c r="C558" s="11" t="s">
-        <v>1242</v>
+        <v>1240</v>
       </c>
       <c r="D558" s="12">
         <v>3</v>
       </c>
       <c r="E558" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F558" s="13">
         <v>1632999</v>
       </c>
       <c r="G558" s="16" t="s">
         <v>432</v>
       </c>
       <c r="H558" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I558" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J558" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K558" s="14" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="559" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A559" s="13">
         <v>557</v>
       </c>
       <c r="B559" s="15">
         <v>45626</v>
       </c>
       <c r="C559" s="11" t="s">
-        <v>1244</v>
+        <v>1242</v>
       </c>
       <c r="D559" s="12">
         <v>22</v>
       </c>
       <c r="E559" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F559" s="13">
         <v>1633202</v>
       </c>
       <c r="G559" s="16" t="s">
-        <v>1245</v>
+        <v>1243</v>
       </c>
       <c r="H559" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I559" s="14" t="s">
-        <v>1246</v>
+        <v>1244</v>
       </c>
       <c r="J559" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K559" s="14" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="560" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A560" s="13">
         <v>558</v>
       </c>
       <c r="B560" s="15">
         <v>45626</v>
       </c>
       <c r="C560" s="11" t="s">
-        <v>1248</v>
+        <v>1246</v>
       </c>
       <c r="D560" s="12">
         <v>10</v>
       </c>
       <c r="E560" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F560" s="13">
         <v>1633239</v>
       </c>
       <c r="G560" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H560" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I560" s="14" t="s">
-        <v>1250</v>
+        <v>1248</v>
       </c>
       <c r="J560" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K560" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="561" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A561" s="13">
         <v>559</v>
       </c>
       <c r="B561" s="15">
         <v>45626</v>
       </c>
       <c r="C561" s="11" t="s">
-        <v>1251</v>
+        <v>1249</v>
       </c>
       <c r="D561" s="12">
         <v>6</v>
       </c>
       <c r="E561" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F561" s="13">
         <v>1633350</v>
       </c>
       <c r="G561" s="16" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="H561" s="14" t="s">
         <v>101</v>
       </c>
       <c r="I561" s="14" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="J561" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K561" s="14" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="562" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A562" s="13">
         <v>560</v>
       </c>
       <c r="B562" s="15">
         <v>45626</v>
       </c>
       <c r="C562" s="11" t="s">
-        <v>1252</v>
+        <v>1250</v>
       </c>
       <c r="D562" s="12">
         <v>10</v>
       </c>
       <c r="E562" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F562" s="13">
         <v>1633357</v>
       </c>
       <c r="G562" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H562" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I562" s="14" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="J562" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K562" s="14"/>
     </row>
     <row r="563" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A563" s="13">
         <v>561</v>
       </c>
       <c r="B563" s="15">
         <v>45626</v>
       </c>
       <c r="C563" s="11" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="D563" s="12">
         <v>10</v>
       </c>
       <c r="E563" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F563" s="13">
         <v>1633366</v>
       </c>
       <c r="G563" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H563" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I563" s="14" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="J563" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K563" s="14"/>
     </row>
     <row r="564" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A564" s="13">
         <v>562</v>
       </c>
       <c r="B564" s="15">
         <v>45626</v>
       </c>
       <c r="C564" s="11" t="s">
-        <v>1254</v>
+        <v>1252</v>
       </c>
       <c r="D564" s="12">
         <v>10</v>
       </c>
       <c r="E564" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F564" s="13">
         <v>1633370</v>
       </c>
       <c r="G564" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H564" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I564" s="14" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="J564" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K564" s="14"/>
     </row>
     <row r="565" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A565" s="13">
         <v>563</v>
       </c>
       <c r="B565" s="15">
         <v>45626</v>
       </c>
       <c r="C565" s="11" t="s">
-        <v>1255</v>
+        <v>1253</v>
       </c>
       <c r="D565" s="12">
         <v>10</v>
       </c>
       <c r="E565" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F565" s="13">
         <v>1633386</v>
       </c>
       <c r="G565" s="16" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="H565" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I565" s="14" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J565" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K565" s="14" t="s">
-        <v>1256</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="566" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A566" s="13">
         <v>564</v>
       </c>
       <c r="B566" s="15">
         <v>45636</v>
       </c>
       <c r="C566" s="11" t="s">
-        <v>1257</v>
+        <v>1255</v>
       </c>
       <c r="D566" s="12">
         <v>5.5</v>
       </c>
       <c r="E566" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F566" s="13">
         <v>1637144</v>
       </c>
       <c r="G566" s="16" t="s">
-        <v>1258</v>
+        <v>1256</v>
       </c>
       <c r="H566" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I566" s="14" t="s">
-        <v>1259</v>
+        <v>1257</v>
       </c>
       <c r="J566" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K566" s="14" t="s">
-        <v>1260</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="567" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A567" s="13">
         <v>565</v>
       </c>
       <c r="B567" s="15">
         <v>45645</v>
       </c>
       <c r="C567" s="11" t="s">
-        <v>1261</v>
+        <v>1259</v>
       </c>
       <c r="D567" s="12">
         <v>8</v>
       </c>
       <c r="E567" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F567" s="13">
         <v>1641201</v>
       </c>
       <c r="G567" s="16" t="s">
-        <v>1231</v>
+        <v>1229</v>
       </c>
       <c r="H567" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I567" s="14" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
       <c r="J567" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K567" s="14"/>
     </row>
     <row r="568" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A568" s="13">
         <v>566</v>
       </c>
       <c r="B568" s="15">
         <v>45645</v>
       </c>
       <c r="C568" s="11" t="s">
-        <v>1262</v>
+        <v>1260</v>
       </c>
       <c r="D568" s="12">
         <v>6</v>
       </c>
       <c r="E568" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F568" s="13">
         <v>1641197</v>
       </c>
       <c r="G568" s="16" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="H568" s="14" t="s">
         <v>101</v>
       </c>
       <c r="I568" s="14" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="J568" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K568" s="14"/>
     </row>
     <row r="569" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A569" s="13">
         <v>567</v>
       </c>
       <c r="B569" s="15">
         <v>45646</v>
       </c>
       <c r="C569" s="11" t="s">
-        <v>1263</v>
+        <v>1261</v>
       </c>
       <c r="D569" s="12">
         <v>9</v>
       </c>
       <c r="E569" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F569" s="13">
         <v>1641357</v>
       </c>
       <c r="G569" s="16" t="s">
-        <v>1264</v>
+        <v>1262</v>
       </c>
       <c r="H569" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I569" s="14" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="J569" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K569" s="14"/>
     </row>
     <row r="570" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A570" s="13">
         <v>568</v>
       </c>
       <c r="B570" s="19">
         <v>45646</v>
       </c>
       <c r="C570" s="11" t="s">
-        <v>1265</v>
+        <v>1263</v>
       </c>
       <c r="D570" s="12">
         <v>9</v>
       </c>
       <c r="E570" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F570" s="13">
         <v>1641485</v>
       </c>
       <c r="G570" s="16" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="H570" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I570" s="14" t="s">
         <v>281</v>
       </c>
       <c r="J570" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K570" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="571" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A571" s="13">
         <v>569</v>
       </c>
       <c r="B571" s="19">
         <v>45649</v>
       </c>
       <c r="C571" s="11" t="s">
-        <v>1266</v>
+        <v>1264</v>
       </c>
       <c r="D571" s="12">
         <v>10</v>
       </c>
       <c r="E571" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F571" s="13">
         <v>1642332</v>
       </c>
       <c r="G571" s="16" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="H571" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I571" s="14" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J571" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K571" s="14"/>
     </row>
     <row r="572" spans="1:11" s="23" customFormat="1" ht="120.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A572" s="13">
         <v>570</v>
       </c>
       <c r="B572" s="19">
         <v>45650</v>
       </c>
       <c r="C572" s="11" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
       <c r="D572" s="12">
         <v>25</v>
       </c>
       <c r="E572" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F572" s="13">
         <v>1643171</v>
       </c>
       <c r="G572" s="16" t="s">
-        <v>1216</v>
+        <v>1214</v>
       </c>
       <c r="H572" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I572" s="14" t="s">
-        <v>1217</v>
+        <v>1215</v>
       </c>
       <c r="J572" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K572" s="14" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="573" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A573" s="13">
         <v>571</v>
       </c>
       <c r="B573" s="19">
         <v>45651</v>
       </c>
       <c r="C573" s="11" t="s">
-        <v>1270</v>
+        <v>1268</v>
       </c>
       <c r="D573" s="12">
         <v>20</v>
       </c>
       <c r="E573" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F573" s="13">
         <v>1643711</v>
       </c>
       <c r="G573" s="16" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="H573" s="14" t="s">
         <v>101</v>
       </c>
       <c r="I573" s="14" t="s">
-        <v>1038</v>
+        <v>1036</v>
       </c>
       <c r="J573" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K573" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="574" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A574" s="13">
         <v>572</v>
       </c>
       <c r="B574" s="19">
         <v>45651</v>
       </c>
       <c r="C574" s="11" t="s">
-        <v>1271</v>
+        <v>1269</v>
       </c>
       <c r="D574" s="12">
         <v>6</v>
       </c>
       <c r="E574" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F574" s="13">
         <v>1643733</v>
       </c>
       <c r="G574" s="16" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="H574" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I574" s="14" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="J574" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K574" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="575" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A575" s="13">
         <v>573</v>
       </c>
       <c r="B575" s="19">
         <v>45652</v>
       </c>
       <c r="C575" s="11" t="s">
-        <v>1272</v>
+        <v>1270</v>
       </c>
       <c r="D575" s="12">
         <v>10</v>
       </c>
       <c r="E575" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F575" s="13">
         <v>1643926</v>
       </c>
       <c r="G575" s="16" t="s">
-        <v>1273</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1271</v>
+      </c>
+      <c r="H575" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I575" s="14" t="s">
-        <v>1274</v>
+        <v>1272</v>
       </c>
       <c r="J575" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K575" s="14"/>
     </row>
     <row r="576" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A576" s="13">
         <v>574</v>
       </c>
       <c r="B576" s="19">
         <v>45654</v>
       </c>
       <c r="C576" s="11" t="s">
-        <v>1275</v>
+        <v>1273</v>
       </c>
       <c r="D576" s="12">
         <v>22</v>
       </c>
       <c r="E576" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F576" s="13">
         <v>1644833</v>
       </c>
       <c r="G576" s="16" t="s">
-        <v>1245</v>
+        <v>1243</v>
       </c>
       <c r="H576" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I576" s="14" t="s">
-        <v>1246</v>
+        <v>1244</v>
       </c>
       <c r="J576" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K576" s="14"/>
     </row>
     <row r="577" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A577" s="13">
         <v>575</v>
       </c>
       <c r="B577" s="19">
         <v>45654</v>
       </c>
       <c r="C577" s="11" t="s">
-        <v>1276</v>
+        <v>1274</v>
       </c>
       <c r="D577" s="12">
         <v>15</v>
       </c>
       <c r="E577" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F577" s="13">
         <v>1645030</v>
       </c>
       <c r="G577" s="16" t="s">
-        <v>1277</v>
+        <v>1275</v>
       </c>
       <c r="H577" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I577" s="14" t="s">
-        <v>1278</v>
+        <v>1276</v>
       </c>
       <c r="J577" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K577" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="578" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A578" s="13">
         <v>576</v>
       </c>
       <c r="B578" s="19">
         <v>45655</v>
       </c>
       <c r="C578" s="11" t="s">
-        <v>1279</v>
+        <v>1277</v>
       </c>
       <c r="D578" s="12">
         <v>9.8000000000000007</v>
       </c>
       <c r="E578" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F578" s="13">
         <v>1645127</v>
       </c>
       <c r="G578" s="16" t="s">
-        <v>1280</v>
+        <v>1278</v>
       </c>
       <c r="H578" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I578" s="14" t="s">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="J578" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K578" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="579" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A579" s="13">
         <v>577</v>
       </c>
       <c r="B579" s="19">
         <v>45656</v>
       </c>
       <c r="C579" s="11" t="s">
-        <v>1281</v>
+        <v>1279</v>
       </c>
       <c r="D579" s="12">
         <v>15</v>
       </c>
       <c r="E579" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F579" s="13">
         <v>1645258</v>
       </c>
       <c r="G579" s="16" t="s">
-        <v>1282</v>
+        <v>1280</v>
       </c>
       <c r="H579" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I579" s="14" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="J579" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K579" s="14" t="s">
-        <v>1283</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="580" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A580" s="13">
         <v>578</v>
       </c>
       <c r="B580" s="19">
         <v>45656</v>
       </c>
       <c r="C580" s="11" t="s">
-        <v>1284</v>
+        <v>1282</v>
       </c>
       <c r="D580" s="12">
         <v>9</v>
       </c>
       <c r="E580" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F580" s="13">
         <v>1645429</v>
       </c>
       <c r="G580" s="16" t="s">
         <v>253</v>
       </c>
       <c r="H580" s="14" t="s">
         <v>315</v>
       </c>
       <c r="I580" s="14" t="s">
-        <v>1285</v>
+        <v>1283</v>
       </c>
       <c r="J580" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K580" s="14"/>
     </row>
     <row r="581" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A581" s="13">
         <v>579</v>
       </c>
       <c r="B581" s="19">
         <v>45657</v>
       </c>
       <c r="C581" s="11" t="s">
-        <v>1286</v>
+        <v>1284</v>
       </c>
       <c r="D581" s="12">
         <v>17</v>
       </c>
       <c r="E581" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F581" s="13">
         <v>1646121</v>
       </c>
       <c r="G581" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H581" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I581" s="14" t="s">
-        <v>1287</v>
+        <v>1285</v>
       </c>
       <c r="J581" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K581" s="14" t="s">
-        <v>1288</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="582" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A582" s="13">
         <v>580</v>
       </c>
       <c r="B582" s="19">
         <v>45657</v>
       </c>
       <c r="C582" s="11" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
       <c r="D582" s="12">
         <v>5</v>
       </c>
       <c r="E582" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F582" s="13">
         <v>1646155</v>
       </c>
       <c r="G582" s="16" t="s">
-        <v>1290</v>
+        <v>1288</v>
       </c>
       <c r="H582" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I582" s="14" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="J582" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K582" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="583" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A583" s="13">
         <v>581</v>
       </c>
       <c r="B583" s="19">
         <v>45657</v>
       </c>
       <c r="C583" s="11" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
       <c r="D583" s="12">
         <v>3</v>
       </c>
       <c r="E583" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F583" s="13">
         <v>1646139</v>
       </c>
       <c r="G583" s="16" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="H583" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I583" s="14" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="J583" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K583" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="584" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A584" s="13">
         <v>582</v>
       </c>
       <c r="B584" s="19">
         <v>45657</v>
       </c>
       <c r="C584" s="11" t="s">
-        <v>1292</v>
+        <v>1290</v>
       </c>
       <c r="D584" s="12">
         <v>3</v>
       </c>
       <c r="E584" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F584" s="13">
         <v>1646145</v>
       </c>
       <c r="G584" s="16" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="H584" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I584" s="14" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="J584" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K584" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="585" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A585" s="13">
         <v>583</v>
       </c>
       <c r="B585" s="19">
         <v>45670</v>
       </c>
       <c r="C585" s="11" t="s">
-        <v>1293</v>
+        <v>1291</v>
       </c>
       <c r="D585" s="12">
         <v>12</v>
       </c>
       <c r="E585" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F585" s="13">
         <v>1650535</v>
       </c>
       <c r="G585" s="16" t="s">
-        <v>1294</v>
+        <v>1292</v>
       </c>
       <c r="H585" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I585" s="14" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="J585" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K585" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="586" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A586" s="13">
         <v>584</v>
       </c>
       <c r="B586" s="19">
         <v>45671</v>
       </c>
       <c r="C586" s="11" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
       <c r="D586" s="12">
         <v>5</v>
       </c>
       <c r="E586" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F586" s="13">
         <v>1650929</v>
       </c>
       <c r="G586" s="16" t="s">
-        <v>1297</v>
+        <v>1295</v>
       </c>
       <c r="H586" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I586" s="14" t="s">
         <v>269</v>
       </c>
       <c r="J586" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K586" s="14" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="587" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A587" s="13">
         <v>585</v>
       </c>
       <c r="B587" s="19">
         <v>45672</v>
       </c>
       <c r="C587" s="11" t="s">
-        <v>1298</v>
+        <v>1296</v>
       </c>
       <c r="D587" s="12">
         <v>8</v>
       </c>
       <c r="E587" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F587" s="13">
         <v>1651757</v>
       </c>
       <c r="G587" s="16" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="H587" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I587" s="14" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="J587" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K587" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="588" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A588" s="13">
         <v>586</v>
       </c>
       <c r="B588" s="19">
         <v>45679</v>
       </c>
       <c r="C588" s="11" t="s">
-        <v>1300</v>
+        <v>1298</v>
       </c>
       <c r="D588" s="12">
         <v>25</v>
       </c>
       <c r="E588" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F588" s="13">
         <v>1654175</v>
       </c>
       <c r="G588" s="16" t="s">
-        <v>1216</v>
+        <v>1214</v>
       </c>
       <c r="H588" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I588" s="14" t="s">
-        <v>1301</v>
+        <v>1299</v>
       </c>
       <c r="J588" s="13" t="s">
-        <v>880</v>
+        <v>17</v>
       </c>
       <c r="K588" s="14"/>
     </row>
     <row r="589" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A589" s="13">
         <v>587</v>
       </c>
       <c r="B589" s="19">
         <v>45684</v>
       </c>
       <c r="C589" s="11" t="s">
-        <v>1302</v>
+        <v>1300</v>
       </c>
       <c r="D589" s="12">
         <v>5.5</v>
       </c>
       <c r="E589" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F589" s="13">
         <v>1655809</v>
       </c>
       <c r="G589" s="16" t="s">
-        <v>1258</v>
+        <v>1256</v>
       </c>
       <c r="H589" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I589" s="14" t="s">
-        <v>1303</v>
+        <v>1301</v>
       </c>
       <c r="J589" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K589" s="14" t="s">
-        <v>1304</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="590" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A590" s="13">
         <v>588</v>
       </c>
       <c r="B590" s="19">
         <v>45686</v>
       </c>
       <c r="C590" s="11" t="s">
-        <v>1305</v>
+        <v>1303</v>
       </c>
       <c r="D590" s="12">
         <v>24.9</v>
       </c>
       <c r="E590" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F590" s="13">
         <v>1656618</v>
       </c>
       <c r="G590" s="16" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="H590" s="14" t="s">
         <v>234</v>
       </c>
       <c r="I590" s="14" t="s">
-        <v>1307</v>
+        <v>1305</v>
       </c>
       <c r="J590" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K590" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="591" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A591" s="13">
         <v>589</v>
       </c>
       <c r="B591" s="19">
         <v>45687</v>
       </c>
       <c r="C591" s="11" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
       <c r="D591" s="12">
         <v>15</v>
       </c>
       <c r="E591" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F591" s="13">
         <v>1657065</v>
       </c>
       <c r="G591" s="16" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="H591" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I591" s="14" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
       <c r="J591" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K591" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="592" spans="1:11" s="23" customFormat="1" ht="127.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A592" s="13">
         <v>590</v>
       </c>
       <c r="B592" s="19">
         <v>45687</v>
       </c>
       <c r="C592" s="11" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="D592" s="12">
         <v>6</v>
       </c>
       <c r="E592" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F592" s="13">
         <v>1657085</v>
       </c>
       <c r="G592" s="16" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="H592" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I592" s="14" t="s">
-        <v>1313</v>
+        <v>1311</v>
       </c>
       <c r="J592" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K592" s="14" t="s">
-        <v>1314</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="593" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A593" s="13">
         <v>591</v>
       </c>
       <c r="B593" s="19">
         <v>45687</v>
       </c>
       <c r="C593" s="11" t="s">
-        <v>1315</v>
+        <v>1313</v>
       </c>
       <c r="D593" s="12">
         <v>10</v>
       </c>
       <c r="E593" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F593" s="13">
         <v>1657192</v>
       </c>
       <c r="G593" s="16" t="s">
-        <v>1316</v>
+        <v>1314</v>
       </c>
       <c r="H593" s="14" t="s">
         <v>39</v>
       </c>
       <c r="I593" s="14" t="s">
-        <v>1317</v>
+        <v>1315</v>
       </c>
       <c r="J593" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K593" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="594" spans="1:11" s="23" customFormat="1" ht="136.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A594" s="13">
         <v>592</v>
       </c>
       <c r="B594" s="19">
         <v>45687</v>
       </c>
       <c r="C594" s="11" t="s">
-        <v>1318</v>
+        <v>1316</v>
       </c>
       <c r="D594" s="12">
         <v>15</v>
       </c>
       <c r="E594" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F594" s="13">
         <v>1657366</v>
       </c>
       <c r="G594" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H594" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I594" s="14" t="s">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="J594" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K594" s="14" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="595" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A595" s="13">
         <v>593</v>
       </c>
       <c r="B595" s="19">
         <v>45687</v>
       </c>
       <c r="C595" s="11" t="s">
-        <v>1321</v>
+        <v>1319</v>
       </c>
       <c r="D595" s="12">
         <v>6.99</v>
       </c>
       <c r="E595" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F595" s="13">
         <v>1657420</v>
       </c>
       <c r="G595" s="16" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="H595" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I595" s="14" t="s">
-        <v>1322</v>
+        <v>1320</v>
       </c>
       <c r="J595" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K595" s="14"/>
     </row>
     <row r="596" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A596" s="13">
         <v>594</v>
       </c>
       <c r="B596" s="19">
         <v>45687</v>
       </c>
       <c r="C596" s="11" t="s">
-        <v>1323</v>
+        <v>1321</v>
       </c>
       <c r="D596" s="12">
         <v>6.54</v>
       </c>
       <c r="E596" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F596" s="13">
         <v>1657450</v>
       </c>
       <c r="G596" s="16" t="s">
-        <v>1102</v>
+        <v>1100</v>
       </c>
       <c r="H596" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I596" s="14" t="s">
-        <v>1322</v>
+        <v>1320</v>
       </c>
       <c r="J596" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K596" s="14"/>
     </row>
     <row r="597" spans="1:11" s="23" customFormat="1" ht="161.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A597" s="13">
         <v>595</v>
       </c>
       <c r="B597" s="19">
         <v>45688</v>
       </c>
       <c r="C597" s="11" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="D597" s="12">
         <v>10</v>
       </c>
       <c r="E597" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F597" s="13">
         <v>1657704</v>
       </c>
       <c r="G597" s="16" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="H597" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I597" s="14" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="J597" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K597" s="14" t="s">
-        <v>1325</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="598" spans="1:11" s="23" customFormat="1" ht="101.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A598" s="13">
         <v>596</v>
       </c>
       <c r="B598" s="19">
         <v>45688</v>
       </c>
       <c r="C598" s="11" t="s">
-        <v>1326</v>
+        <v>1324</v>
       </c>
       <c r="D598" s="12">
         <v>14.2</v>
       </c>
       <c r="E598" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F598" s="13">
         <v>1657709</v>
       </c>
       <c r="G598" s="16" t="s">
-        <v>1327</v>
+        <v>1325</v>
       </c>
       <c r="H598" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I598" s="14" t="s">
-        <v>821</v>
+        <v>820</v>
       </c>
       <c r="J598" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K598" s="14" t="s">
-        <v>1328</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="599" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A599" s="13">
         <v>597</v>
       </c>
       <c r="B599" s="19">
         <v>45688</v>
       </c>
       <c r="C599" s="11" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="D599" s="12">
         <v>10</v>
       </c>
       <c r="E599" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F599" s="13">
         <v>1657818</v>
       </c>
       <c r="G599" s="16" t="s">
-        <v>1282</v>
+        <v>1280</v>
       </c>
       <c r="H599" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I599" s="14" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="J599" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K599" s="14" t="s">
-        <v>1330</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="600" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A600" s="13">
         <v>598</v>
       </c>
       <c r="B600" s="19">
         <v>45688</v>
       </c>
       <c r="C600" s="11" t="s">
-        <v>1331</v>
+        <v>1329</v>
       </c>
       <c r="D600" s="12">
         <v>15</v>
       </c>
       <c r="E600" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F600" s="13">
         <v>1657894</v>
       </c>
       <c r="G600" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H600" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I600" s="14" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
       <c r="J600" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K600" s="14" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="601" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A601" s="13">
         <v>599</v>
       </c>
       <c r="B601" s="19">
         <v>45688</v>
       </c>
       <c r="C601" s="11" t="s">
-        <v>1334</v>
+        <v>1332</v>
       </c>
       <c r="D601" s="12">
         <v>10</v>
       </c>
       <c r="E601" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F601" s="13">
         <v>1657905</v>
       </c>
       <c r="G601" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H601" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I601" s="14" t="s">
-        <v>1335</v>
+        <v>1333</v>
       </c>
       <c r="J601" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K601" s="14"/>
     </row>
     <row r="602" spans="1:11" s="23" customFormat="1" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A602" s="13">
         <v>600</v>
       </c>
       <c r="B602" s="19">
         <v>45692</v>
       </c>
       <c r="C602" s="11" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
       <c r="D602" s="12">
         <v>13.75</v>
       </c>
       <c r="E602" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F602" s="13">
         <v>1658989</v>
       </c>
       <c r="G602" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H602" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I602" s="14" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="J602" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K602" s="14" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="603" spans="1:11" s="23" customFormat="1" ht="99" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A603" s="13">
         <v>601</v>
       </c>
       <c r="B603" s="19">
         <v>45692</v>
       </c>
       <c r="C603" s="11" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
       <c r="D603" s="12">
         <v>5</v>
       </c>
       <c r="E603" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F603" s="13">
         <v>1659077</v>
       </c>
       <c r="G603" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H603" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I603" s="14" t="s">
-        <v>1340</v>
+        <v>1338</v>
       </c>
       <c r="J603" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K603" s="14" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="604" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A604" s="13">
         <v>602</v>
       </c>
       <c r="B604" s="19">
         <v>45705</v>
       </c>
       <c r="C604" s="11" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="D604" s="12">
         <v>14</v>
       </c>
       <c r="E604" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F604" s="13">
         <v>1663930</v>
       </c>
       <c r="G604" s="16" t="s">
-        <v>1342</v>
+        <v>1340</v>
       </c>
       <c r="H604" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I604" s="14" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="J604" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K604" s="14" t="s">
-        <v>1344</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="605" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A605" s="13">
         <v>603</v>
       </c>
       <c r="B605" s="19">
         <v>45705</v>
       </c>
       <c r="C605" s="11" t="s">
-        <v>1345</v>
+        <v>1343</v>
       </c>
       <c r="D605" s="12">
         <v>24.99</v>
       </c>
       <c r="E605" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F605" s="13">
         <v>1664029</v>
       </c>
       <c r="G605" s="16" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
       <c r="H605" s="14" t="s">
         <v>234</v>
       </c>
       <c r="I605" s="14" t="s">
-        <v>1177</v>
+        <v>1175</v>
       </c>
       <c r="J605" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K605" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="606" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A606" s="13">
         <v>604</v>
       </c>
       <c r="B606" s="19">
         <v>45712</v>
       </c>
       <c r="C606" s="11" t="s">
-        <v>1346</v>
+        <v>1344</v>
       </c>
       <c r="D606" s="12">
         <v>10</v>
       </c>
       <c r="E606" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F606" s="13">
         <v>1666689</v>
       </c>
       <c r="G606" s="16" t="s">
-        <v>1282</v>
+        <v>1280</v>
       </c>
       <c r="H606" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I606" s="14" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="J606" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K606" s="14"/>
     </row>
     <row r="607" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A607" s="13">
         <v>605</v>
       </c>
       <c r="B607" s="19">
         <v>45713</v>
       </c>
       <c r="C607" s="11" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="D607" s="12">
         <v>5.5</v>
       </c>
       <c r="E607" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F607" s="13">
         <v>1667178</v>
       </c>
       <c r="G607" s="16" t="s">
-        <v>1258</v>
+        <v>1256</v>
       </c>
       <c r="H607" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I607" s="14" t="s">
-        <v>1259</v>
+        <v>1257</v>
       </c>
       <c r="J607" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K607" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="608" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A608" s="13">
         <v>606</v>
       </c>
       <c r="B608" s="19">
         <v>45713</v>
       </c>
       <c r="C608" s="11" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
       <c r="D608" s="12">
         <v>21</v>
       </c>
       <c r="E608" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F608" s="13">
         <v>1667360</v>
       </c>
       <c r="G608" s="16" t="s">
-        <v>1349</v>
+        <v>1347</v>
       </c>
       <c r="H608" s="14" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="I608" s="14" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="J608" s="13" t="s">
-        <v>880</v>
+        <v>17</v>
       </c>
       <c r="K608" s="14"/>
     </row>
     <row r="609" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A609" s="13">
         <v>607</v>
       </c>
       <c r="B609" s="19">
         <v>45715</v>
       </c>
       <c r="C609" s="11" t="s">
-        <v>1350</v>
+        <v>1348</v>
       </c>
       <c r="D609" s="12">
         <v>25</v>
       </c>
       <c r="E609" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F609" s="13">
         <v>1668174</v>
       </c>
       <c r="G609" s="16" t="s">
-        <v>1351</v>
+        <v>1349</v>
       </c>
       <c r="H609" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I609" s="14" t="s">
-        <v>1352</v>
+        <v>1350</v>
       </c>
       <c r="J609" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K609" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="610" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A610" s="13">
         <v>608</v>
       </c>
       <c r="B610" s="19">
         <v>45715</v>
       </c>
       <c r="C610" s="11" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="D610" s="12">
         <v>9</v>
       </c>
       <c r="E610" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F610" s="13">
         <v>1668294</v>
       </c>
       <c r="G610" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H610" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I610" s="14" t="s">
-        <v>1354</v>
+        <v>1352</v>
       </c>
       <c r="J610" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K610" s="14"/>
     </row>
     <row r="611" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A611" s="13">
         <v>609</v>
       </c>
       <c r="B611" s="19">
         <v>45715</v>
       </c>
       <c r="C611" s="11" t="s">
-        <v>1355</v>
+        <v>1353</v>
       </c>
       <c r="D611" s="12">
         <v>7</v>
       </c>
       <c r="E611" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F611" s="13">
         <v>1668355</v>
       </c>
       <c r="G611" s="16" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="H611" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I611" s="14" t="s">
-        <v>1118</v>
+        <v>1116</v>
       </c>
       <c r="J611" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K611" s="14"/>
     </row>
     <row r="612" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A612" s="13">
         <v>610</v>
       </c>
       <c r="B612" s="19">
         <v>45716</v>
       </c>
       <c r="C612" s="11" t="s">
-        <v>1356</v>
+        <v>1354</v>
       </c>
       <c r="D612" s="12">
         <v>10</v>
       </c>
       <c r="E612" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F612" s="13">
         <v>1668845</v>
       </c>
       <c r="G612" s="16" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
       <c r="H612" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I612" s="14" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
       <c r="J612" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K612" s="14"/>
     </row>
     <row r="613" spans="1:11" s="23" customFormat="1" ht="101.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A613" s="13">
         <v>611</v>
       </c>
       <c r="B613" s="19">
         <v>45716</v>
       </c>
       <c r="C613" s="11" t="s">
-        <v>1357</v>
+        <v>1355</v>
       </c>
       <c r="D613" s="12">
         <v>15</v>
       </c>
       <c r="E613" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F613" s="13">
         <v>1668889</v>
       </c>
       <c r="G613" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H613" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I613" s="14" t="s">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="J613" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K613" s="14" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="614" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A614" s="13">
         <v>612</v>
       </c>
       <c r="B614" s="19">
         <v>45716</v>
       </c>
       <c r="C614" s="11" t="s">
-        <v>1358</v>
+        <v>1356</v>
       </c>
       <c r="D614" s="12">
         <v>24.95</v>
       </c>
       <c r="E614" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F614" s="13">
         <v>1668917</v>
       </c>
       <c r="G614" s="16" t="s">
         <v>432</v>
       </c>
       <c r="H614" s="14" t="s">
         <v>234</v>
       </c>
       <c r="I614" s="14" t="s">
-        <v>1359</v>
+        <v>1357</v>
       </c>
       <c r="J614" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K614" s="14"/>
     </row>
     <row r="615" spans="1:11" s="23" customFormat="1" ht="115" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A615" s="13">
         <v>613</v>
       </c>
       <c r="B615" s="19">
         <v>45716</v>
       </c>
       <c r="C615" s="11" t="s">
-        <v>1360</v>
+        <v>1358</v>
       </c>
       <c r="D615" s="12">
         <v>15</v>
       </c>
       <c r="E615" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F615" s="13">
         <v>1668954</v>
       </c>
       <c r="G615" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H615" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I615" s="14"/>
       <c r="J615" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K615" s="14" t="s">
-        <v>1361</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="616" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A616" s="13">
         <v>614</v>
       </c>
       <c r="B616" s="19">
         <v>45716</v>
       </c>
       <c r="C616" s="11" t="s">
-        <v>1362</v>
+        <v>1360</v>
       </c>
       <c r="D616" s="12">
         <v>24.95</v>
       </c>
       <c r="E616" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F616" s="13">
         <v>1668944</v>
       </c>
       <c r="G616" s="16" t="s">
-        <v>1363</v>
+        <v>1361</v>
       </c>
       <c r="H616" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I616" s="14" t="s">
-        <v>1364</v>
+        <v>1362</v>
       </c>
       <c r="J616" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K616" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="617" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A617" s="13">
         <v>615</v>
       </c>
       <c r="B617" s="19">
         <v>45716</v>
       </c>
       <c r="C617" s="11" t="s">
-        <v>1365</v>
+        <v>1363</v>
       </c>
       <c r="D617" s="12">
         <v>4.95</v>
       </c>
       <c r="E617" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F617" s="13">
         <v>1669003</v>
       </c>
       <c r="G617" s="16" t="s">
-        <v>1366</v>
+        <v>1364</v>
       </c>
       <c r="H617" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I617" s="14" t="s">
         <v>377</v>
       </c>
       <c r="J617" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K617" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="618" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A618" s="13">
         <v>616</v>
       </c>
       <c r="B618" s="19">
         <v>45716</v>
       </c>
       <c r="C618" s="11" t="s">
-        <v>1367</v>
+        <v>1365</v>
       </c>
       <c r="D618" s="12">
         <v>8</v>
       </c>
       <c r="E618" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F618" s="13">
         <v>1669052</v>
       </c>
       <c r="G618" s="16" t="s">
-        <v>1368</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1366</v>
+      </c>
+      <c r="H618" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I618" s="14" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="J618" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K618" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="619" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A619" s="13">
         <v>617</v>
       </c>
       <c r="B619" s="19">
         <v>45716</v>
       </c>
       <c r="C619" s="11" t="s">
-        <v>1369</v>
+        <v>1367</v>
       </c>
       <c r="D619" s="12">
         <v>3</v>
       </c>
       <c r="E619" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F619" s="13">
         <v>1669054</v>
       </c>
       <c r="G619" s="16" t="s">
         <v>432</v>
       </c>
       <c r="H619" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I619" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J619" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K619" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="620" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A620" s="13">
         <v>618</v>
       </c>
       <c r="B620" s="19">
         <v>45716</v>
       </c>
       <c r="C620" s="11" t="s">
-        <v>1370</v>
+        <v>1368</v>
       </c>
       <c r="D620" s="12">
         <v>3</v>
       </c>
       <c r="E620" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F620" s="13">
         <v>1669071</v>
       </c>
       <c r="G620" s="16" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="H620" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I620" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J620" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K620" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="621" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A621" s="13">
         <v>619</v>
       </c>
       <c r="B621" s="19">
         <v>45716</v>
       </c>
       <c r="C621" s="11" t="s">
-        <v>1371</v>
+        <v>1369</v>
       </c>
       <c r="D621" s="12">
         <v>3</v>
       </c>
       <c r="E621" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F621" s="13">
         <v>1669063</v>
       </c>
       <c r="G621" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H621" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I621" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J621" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K621" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="622" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A622" s="13">
         <v>620</v>
       </c>
       <c r="B622" s="19">
         <v>45716</v>
       </c>
       <c r="C622" s="11" t="s">
-        <v>1372</v>
+        <v>1370</v>
       </c>
       <c r="D622" s="12">
         <v>3</v>
       </c>
       <c r="E622" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F622" s="13">
         <v>1669085</v>
       </c>
       <c r="G622" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H622" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I622" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J622" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K622" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="623" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A623" s="13">
         <v>621</v>
       </c>
       <c r="B623" s="19">
         <v>45716</v>
       </c>
       <c r="C623" s="11" t="s">
-        <v>1373</v>
+        <v>1371</v>
       </c>
       <c r="D623" s="12">
         <v>3</v>
       </c>
       <c r="E623" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F623" s="13">
         <v>1669094</v>
       </c>
       <c r="G623" s="16" t="s">
-        <v>1135</v>
+        <v>1133</v>
       </c>
       <c r="H623" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I623" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J623" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K623" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="624" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A624" s="13">
         <v>622</v>
       </c>
       <c r="B624" s="19">
         <v>45716</v>
       </c>
       <c r="C624" s="11" t="s">
-        <v>1374</v>
+        <v>1372</v>
       </c>
       <c r="D624" s="12">
         <v>3</v>
       </c>
       <c r="E624" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F624" s="13">
         <v>1669074</v>
       </c>
       <c r="G624" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H624" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I624" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J624" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K624" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="625" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A625" s="13">
         <v>623</v>
       </c>
       <c r="B625" s="19">
         <v>45716</v>
       </c>
       <c r="C625" s="11" t="s">
-        <v>1375</v>
+        <v>1373</v>
       </c>
       <c r="D625" s="12">
         <v>3</v>
       </c>
       <c r="E625" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F625" s="13">
         <v>1669095</v>
       </c>
       <c r="G625" s="16" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="H625" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I625" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J625" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K625" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="626" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A626" s="13">
         <v>624</v>
       </c>
       <c r="B626" s="19">
         <v>45716</v>
       </c>
       <c r="C626" s="11" t="s">
-        <v>1376</v>
+        <v>1374</v>
       </c>
       <c r="D626" s="12">
         <v>10</v>
       </c>
       <c r="E626" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F626" s="13">
         <v>1669068</v>
       </c>
       <c r="G626" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H626" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I626" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="J626" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K626" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="627" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A627" s="13">
         <v>625</v>
       </c>
       <c r="B627" s="19">
         <v>45716</v>
       </c>
       <c r="C627" s="11" t="s">
-        <v>1377</v>
+        <v>1375</v>
       </c>
       <c r="D627" s="12">
         <v>3</v>
       </c>
       <c r="E627" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F627" s="13">
         <v>1669098</v>
       </c>
       <c r="G627" s="16" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="H627" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I627" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J627" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K627" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="628" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A628" s="13">
         <v>626</v>
       </c>
       <c r="B628" s="19">
         <v>45716</v>
       </c>
       <c r="C628" s="11" t="s">
-        <v>1378</v>
+        <v>1376</v>
       </c>
       <c r="D628" s="12">
         <v>3</v>
       </c>
       <c r="E628" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F628" s="13">
         <v>1669113</v>
       </c>
       <c r="G628" s="16" t="s">
         <v>425</v>
       </c>
       <c r="H628" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I628" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J628" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K628" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="629" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A629" s="13">
         <v>627</v>
       </c>
       <c r="B629" s="19">
         <v>45716</v>
       </c>
       <c r="C629" s="11" t="s">
-        <v>1379</v>
+        <v>1377</v>
       </c>
       <c r="D629" s="12">
         <v>3</v>
       </c>
       <c r="E629" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F629" s="13">
         <v>1669114</v>
       </c>
       <c r="G629" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H629" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I629" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J629" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K629" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="630" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A630" s="13">
         <v>628</v>
       </c>
       <c r="B630" s="19">
         <v>45716</v>
       </c>
       <c r="C630" s="11" t="s">
-        <v>1380</v>
+        <v>1378</v>
       </c>
       <c r="D630" s="12">
         <v>9</v>
       </c>
       <c r="E630" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F630" s="13">
         <v>1669124</v>
       </c>
       <c r="G630" s="16" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="H630" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I630" s="14" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="J630" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K630" s="14"/>
     </row>
     <row r="631" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A631" s="13">
         <v>629</v>
       </c>
       <c r="B631" s="19">
         <v>45716</v>
       </c>
       <c r="C631" s="11" t="s">
-        <v>1381</v>
+        <v>1379</v>
       </c>
       <c r="D631" s="12">
         <v>12.162000000000001</v>
       </c>
       <c r="E631" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F631" s="13">
         <v>1669135</v>
       </c>
       <c r="G631" s="16" t="s">
-        <v>1327</v>
+        <v>1325</v>
       </c>
       <c r="H631" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I631" s="14" t="s">
-        <v>821</v>
+        <v>820</v>
       </c>
       <c r="J631" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K631" s="14"/>
     </row>
     <row r="632" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A632" s="13">
         <v>630</v>
       </c>
       <c r="B632" s="19">
         <v>45716</v>
       </c>
       <c r="C632" s="11" t="s">
-        <v>1382</v>
+        <v>1380</v>
       </c>
       <c r="D632" s="12">
         <v>15</v>
       </c>
       <c r="E632" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F632" s="13">
         <v>1669145</v>
       </c>
       <c r="G632" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H632" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I632" s="14" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
       <c r="J632" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K632" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="633" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A633" s="13">
         <v>631</v>
       </c>
       <c r="B633" s="19">
         <v>45726</v>
       </c>
       <c r="C633" s="11" t="s">
-        <v>1383</v>
+        <v>1381</v>
       </c>
       <c r="D633" s="12">
         <v>10</v>
       </c>
       <c r="E633" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F633" s="13">
         <v>1672705</v>
       </c>
       <c r="G633" s="16" t="s">
-        <v>1384</v>
+        <v>1382</v>
       </c>
       <c r="H633" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I633" s="14" t="s">
-        <v>1385</v>
+        <v>1383</v>
       </c>
       <c r="J633" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K633" s="14"/>
     </row>
     <row r="634" spans="1:11" s="23" customFormat="1" ht="105" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A634" s="13">
         <v>632</v>
       </c>
       <c r="B634" s="19">
         <v>45733</v>
       </c>
       <c r="C634" s="11" t="s">
-        <v>1386</v>
+        <v>1384</v>
       </c>
       <c r="D634" s="12">
         <v>7.3</v>
       </c>
       <c r="E634" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F634" s="13">
         <v>1675270</v>
       </c>
       <c r="G634" s="16" t="s">
-        <v>1387</v>
+        <v>1385</v>
       </c>
       <c r="H634" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I634" s="14" t="s">
-        <v>1388</v>
+        <v>1386</v>
       </c>
       <c r="J634" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K634" s="14" t="s">
-        <v>1389</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="635" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A635" s="13">
         <v>633</v>
       </c>
       <c r="B635" s="19">
         <v>45733</v>
       </c>
       <c r="C635" s="11" t="s">
-        <v>1390</v>
+        <v>1388</v>
       </c>
       <c r="D635" s="12">
         <v>5</v>
       </c>
       <c r="E635" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F635" s="13">
         <v>1675439</v>
       </c>
       <c r="G635" s="16" t="s">
-        <v>1297</v>
+        <v>1295</v>
       </c>
       <c r="H635" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I635" s="14" t="s">
         <v>269</v>
       </c>
       <c r="J635" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K635" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="636" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A636" s="13">
         <v>634</v>
       </c>
       <c r="B636" s="19">
         <v>45738</v>
       </c>
       <c r="C636" s="11" t="s">
-        <v>1391</v>
+        <v>1389</v>
       </c>
       <c r="D636" s="12">
         <v>13.75</v>
       </c>
       <c r="E636" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F636" s="13">
         <v>1677586</v>
       </c>
       <c r="G636" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H636" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I636" s="14" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="J636" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K636" s="14" t="s">
-        <v>1392</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="637" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A637" s="13">
         <v>635</v>
       </c>
       <c r="B637" s="19">
         <v>45741</v>
       </c>
       <c r="C637" s="11" t="s">
-        <v>1393</v>
+        <v>1391</v>
       </c>
       <c r="D637" s="12">
         <v>10</v>
       </c>
       <c r="E637" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F637" s="13">
         <v>1678402</v>
       </c>
       <c r="G637" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H637" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I637" s="14" t="s">
-        <v>1250</v>
+        <v>1248</v>
       </c>
       <c r="J637" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K637" s="14"/>
     </row>
     <row r="638" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A638" s="13">
         <v>636</v>
       </c>
       <c r="B638" s="19">
         <v>45743</v>
       </c>
       <c r="C638" s="11" t="s">
-        <v>1394</v>
+        <v>1392</v>
       </c>
       <c r="D638" s="12">
         <v>19.5</v>
       </c>
       <c r="E638" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F638" s="13">
         <v>1679390</v>
       </c>
       <c r="G638" s="16" t="s">
-        <v>1395</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1393</v>
+      </c>
+      <c r="H638" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I638" s="14" t="s">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="J638" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K638" s="14"/>
     </row>
     <row r="639" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A639" s="13">
         <v>637</v>
       </c>
       <c r="B639" s="19">
         <v>45743</v>
       </c>
       <c r="C639" s="11" t="s">
-        <v>1396</v>
+        <v>1394</v>
       </c>
       <c r="D639" s="12">
         <v>5</v>
       </c>
       <c r="E639" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F639" s="13">
         <v>1679625</v>
       </c>
       <c r="G639" s="16" t="s">
-        <v>1397</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1395</v>
+      </c>
+      <c r="H639" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I639" s="14" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
       <c r="J639" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K639" s="14"/>
     </row>
     <row r="640" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A640" s="13">
         <v>638</v>
       </c>
       <c r="B640" s="19">
         <v>45743</v>
       </c>
       <c r="C640" s="11" t="s">
-        <v>1398</v>
+        <v>1396</v>
       </c>
       <c r="D640" s="12">
         <v>3</v>
       </c>
       <c r="E640" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F640" s="13">
         <v>1679637</v>
       </c>
       <c r="G640" s="16" t="s">
-        <v>1399</v>
+        <v>1397</v>
       </c>
       <c r="H640" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I640" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J640" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K640" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="641" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A641" s="13">
         <v>639</v>
       </c>
       <c r="B641" s="19">
         <v>45743</v>
       </c>
       <c r="C641" s="11" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D641" s="12">
         <v>3</v>
       </c>
       <c r="E641" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F641" s="13">
         <v>1679652</v>
       </c>
       <c r="G641" s="16" t="s">
-        <v>1401</v>
+        <v>1399</v>
       </c>
       <c r="H641" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I641" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J641" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K641" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="642" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A642" s="13">
         <v>640</v>
       </c>
       <c r="B642" s="19">
         <v>45743</v>
       </c>
       <c r="C642" s="11" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="D642" s="12">
         <v>3</v>
       </c>
       <c r="E642" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F642" s="13">
         <v>1679639</v>
       </c>
       <c r="G642" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H642" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I642" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J642" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K642" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="643" spans="1:11" s="23" customFormat="1" ht="97" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A643" s="13">
         <v>641</v>
       </c>
       <c r="B643" s="19">
         <v>45744</v>
       </c>
       <c r="C643" s="11" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="D643" s="12">
         <v>25</v>
       </c>
       <c r="E643" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F643" s="13">
         <v>1679690</v>
       </c>
       <c r="G643" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H643" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I643" s="14" t="s">
-        <v>1404</v>
+        <v>1402</v>
       </c>
       <c r="J643" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K643" s="14" t="s">
-        <v>1405</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="644" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A644" s="13">
         <v>642</v>
       </c>
       <c r="B644" s="19">
         <v>45744</v>
       </c>
       <c r="C644" s="11" t="s">
-        <v>1406</v>
+        <v>1404</v>
       </c>
       <c r="D644" s="12">
         <v>9</v>
       </c>
       <c r="E644" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F644" s="13">
         <v>1679740</v>
       </c>
       <c r="G644" s="16" t="s">
-        <v>1407</v>
+        <v>1405</v>
       </c>
       <c r="H644" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I644" s="14" t="s">
-        <v>1408</v>
+        <v>1406</v>
       </c>
       <c r="J644" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K644" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="645" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A645" s="13">
         <v>643</v>
       </c>
       <c r="B645" s="19">
         <v>45744</v>
       </c>
       <c r="C645" s="11" t="s">
-        <v>1409</v>
+        <v>1407</v>
       </c>
       <c r="D645" s="12">
         <v>8</v>
       </c>
       <c r="E645" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F645" s="13">
         <v>1679891</v>
       </c>
       <c r="G645" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H645" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I645" s="14" t="s">
-        <v>1410</v>
+        <v>1408</v>
       </c>
       <c r="J645" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K645" s="14"/>
     </row>
     <row r="646" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A646" s="13">
         <v>644</v>
       </c>
       <c r="B646" s="19">
         <v>45744</v>
       </c>
       <c r="C646" s="11" t="s">
-        <v>1411</v>
+        <v>1409</v>
       </c>
       <c r="D646" s="12">
         <v>13</v>
       </c>
       <c r="E646" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F646" s="13">
         <v>1679962</v>
       </c>
       <c r="G646" s="16" t="s">
-        <v>1412</v>
+        <v>1410</v>
       </c>
       <c r="H646" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I646" s="14" t="s">
-        <v>1413</v>
+        <v>1411</v>
       </c>
       <c r="J646" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K646" s="14"/>
     </row>
     <row r="647" spans="1:11" s="23" customFormat="1" ht="104" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A647" s="13">
         <v>645</v>
       </c>
       <c r="B647" s="19">
         <v>45744</v>
       </c>
       <c r="C647" s="11" t="s">
-        <v>1414</v>
+        <v>1412</v>
       </c>
       <c r="D647" s="12">
         <v>4</v>
       </c>
       <c r="E647" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F647" s="13">
         <v>1679958</v>
       </c>
       <c r="G647" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H647" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I647" s="14" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="J647" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K647" s="14" t="s">
-        <v>1416</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="648" spans="1:11" s="23" customFormat="1" ht="104" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A648" s="13">
         <v>646</v>
       </c>
       <c r="B648" s="19">
         <v>45744</v>
       </c>
       <c r="C648" s="11" t="s">
-        <v>1417</v>
+        <v>1415</v>
       </c>
       <c r="D648" s="12">
         <v>4</v>
       </c>
       <c r="E648" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F648" s="13">
         <v>1679966</v>
       </c>
       <c r="G648" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H648" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I648" s="14" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="J648" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K648" s="14" t="s">
-        <v>1416</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="649" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A649" s="13">
         <v>647</v>
       </c>
       <c r="B649" s="19">
         <v>45745</v>
       </c>
       <c r="C649" s="11" t="s">
-        <v>1418</v>
+        <v>1416</v>
       </c>
       <c r="D649" s="12">
         <v>13.2</v>
       </c>
       <c r="E649" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F649" s="13">
         <v>1680029</v>
       </c>
       <c r="G649" s="16" t="s">
-        <v>1419</v>
+        <v>1417</v>
       </c>
       <c r="H649" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I649" s="14" t="s">
-        <v>1420</v>
+        <v>1418</v>
       </c>
       <c r="J649" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K649" s="14" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="650" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A650" s="13">
         <v>648</v>
       </c>
       <c r="B650" s="19">
         <v>45745</v>
       </c>
       <c r="C650" s="11" t="s">
-        <v>1421</v>
+        <v>1419</v>
       </c>
       <c r="D650" s="12">
         <v>12</v>
       </c>
       <c r="E650" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F650" s="13">
         <v>1680050</v>
       </c>
       <c r="G650" s="16" t="s">
-        <v>1422</v>
+        <v>1420</v>
       </c>
       <c r="H650" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I650" s="14" t="s">
-        <v>1420</v>
+        <v>1418</v>
       </c>
       <c r="J650" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K650" s="14" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="651" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A651" s="13">
         <v>649</v>
       </c>
       <c r="B651" s="19">
         <v>45747</v>
       </c>
       <c r="C651" s="11" t="s">
-        <v>1423</v>
+        <v>1421</v>
       </c>
       <c r="D651" s="12">
         <v>5.5</v>
       </c>
       <c r="E651" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F651" s="13">
         <v>1680148</v>
       </c>
       <c r="G651" s="16" t="s">
-        <v>1098</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1096</v>
+      </c>
+      <c r="H651" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I651" s="14" t="s">
-        <v>1424</v>
+        <v>1422</v>
       </c>
       <c r="J651" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K651" s="14" t="s">
-        <v>1425</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="652" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A652" s="13">
         <v>650</v>
       </c>
       <c r="B652" s="19">
         <v>45748</v>
       </c>
       <c r="C652" s="11" t="s">
-        <v>1426</v>
+        <v>1424</v>
       </c>
       <c r="D652" s="12">
         <v>10</v>
       </c>
       <c r="E652" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F652" s="13">
         <v>1680197</v>
       </c>
       <c r="G652" s="16" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="H652" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I652" s="14" t="s">
-        <v>1428</v>
+        <v>1426</v>
       </c>
       <c r="J652" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K652" s="14" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="653" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A653" s="13">
         <v>651</v>
       </c>
       <c r="B653" s="19">
         <v>45749</v>
       </c>
       <c r="C653" s="11" t="s">
-        <v>1429</v>
+        <v>1427</v>
       </c>
       <c r="D653" s="12">
         <v>3</v>
       </c>
       <c r="E653" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F653" s="13">
         <v>1680418</v>
       </c>
       <c r="G653" s="16" t="s">
-        <v>1067</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1065</v>
+      </c>
+      <c r="H653" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I653" s="14" t="s">
         <v>248</v>
       </c>
       <c r="J653" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K653" s="14"/>
     </row>
     <row r="654" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A654" s="13">
         <v>652</v>
       </c>
       <c r="B654" s="19">
         <v>45755</v>
       </c>
       <c r="C654" s="11" t="s">
-        <v>1430</v>
+        <v>1428</v>
       </c>
       <c r="D654" s="12">
         <v>12</v>
       </c>
       <c r="E654" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F654" s="13">
         <v>1681871</v>
       </c>
       <c r="G654" s="16" t="s">
-        <v>1431</v>
+        <v>1429</v>
       </c>
       <c r="H654" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I654" s="14" t="s">
-        <v>1432</v>
+        <v>1430</v>
       </c>
       <c r="J654" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K654" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="655" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A655" s="13">
         <v>653</v>
       </c>
       <c r="B655" s="19">
         <v>45764</v>
       </c>
       <c r="C655" s="11" t="s">
-        <v>1433</v>
+        <v>1431</v>
       </c>
       <c r="D655" s="12">
         <v>6</v>
       </c>
       <c r="E655" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F655" s="13">
         <v>1685504</v>
       </c>
       <c r="G655" s="16" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="H655" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I655" s="14" t="s">
-        <v>1313</v>
+        <v>1311</v>
       </c>
       <c r="J655" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K655" s="20" t="s">
-        <v>1434</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="656" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A656" s="13">
         <v>654</v>
       </c>
       <c r="B656" s="19">
         <v>45769</v>
       </c>
       <c r="C656" s="11" t="s">
-        <v>1435</v>
+        <v>1433</v>
       </c>
       <c r="D656" s="12">
         <v>15</v>
       </c>
       <c r="E656" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F656" s="13">
         <v>1687730</v>
       </c>
       <c r="G656" s="16" t="s">
-        <v>1277</v>
+        <v>1275</v>
       </c>
       <c r="H656" s="14" t="s">
-        <v>1436</v>
+        <v>1434</v>
       </c>
       <c r="I656" s="14" t="s">
-        <v>1278</v>
+        <v>1276</v>
       </c>
       <c r="J656" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K656" s="13"/>
     </row>
     <row r="657" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A657" s="13">
         <v>655</v>
       </c>
       <c r="B657" s="19">
         <v>45770</v>
       </c>
       <c r="C657" s="11" t="s">
-        <v>1437</v>
+        <v>1435</v>
       </c>
       <c r="D657" s="12">
         <v>8</v>
       </c>
       <c r="E657" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F657" s="13">
         <v>1688091</v>
       </c>
       <c r="G657" s="16" t="s">
-        <v>1193</v>
+        <v>1191</v>
       </c>
       <c r="H657" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I657" s="14" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="J657" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K657" s="13"/>
     </row>
     <row r="658" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A658" s="13">
         <v>656</v>
       </c>
       <c r="B658" s="19">
         <v>45772</v>
       </c>
       <c r="C658" s="11" t="s">
-        <v>1438</v>
+        <v>1436</v>
       </c>
       <c r="D658" s="12">
         <v>20</v>
       </c>
       <c r="E658" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F658" s="13">
         <v>1688890</v>
       </c>
       <c r="G658" s="16" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="H658" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I658" s="14" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="J658" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K658" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="659" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A659" s="13">
         <v>657</v>
       </c>
       <c r="B659" s="19">
         <v>45772</v>
       </c>
       <c r="C659" s="11" t="s">
-        <v>1439</v>
+        <v>1437</v>
       </c>
       <c r="D659" s="12">
         <v>20</v>
       </c>
       <c r="E659" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F659" s="13">
         <v>1688877</v>
       </c>
       <c r="G659" s="16" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="H659" s="14" t="s">
         <v>315</v>
       </c>
       <c r="I659" s="14" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="J659" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K659" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="660" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A660" s="13">
         <v>658</v>
       </c>
       <c r="B660" s="19">
         <v>45774</v>
       </c>
       <c r="C660" s="11" t="s">
-        <v>1440</v>
+        <v>1438</v>
       </c>
       <c r="D660" s="12">
         <v>12</v>
       </c>
       <c r="E660" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F660" s="13">
         <v>1689466</v>
       </c>
       <c r="G660" s="16" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="H660" s="14" t="s">
-        <v>1436</v>
+        <v>1434</v>
       </c>
       <c r="I660" s="14" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
       <c r="J660" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K660" s="20" t="s">
-        <v>1443</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="661" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A661" s="13">
         <v>659</v>
       </c>
       <c r="B661" s="19">
         <v>45775</v>
       </c>
       <c r="C661" s="11" t="s">
-        <v>1444</v>
+        <v>1442</v>
       </c>
       <c r="D661" s="12">
         <v>4.4000000000000004</v>
       </c>
       <c r="E661" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F661" s="13">
         <v>1689858</v>
       </c>
       <c r="G661" s="16" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
       <c r="H661" s="14" t="s">
-        <v>1436</v>
+        <v>1434</v>
       </c>
       <c r="I661" s="14" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="J661" s="13" t="s">
-        <v>880</v>
+        <v>17</v>
       </c>
       <c r="K661" s="13"/>
     </row>
     <row r="662" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A662" s="13">
         <v>660</v>
       </c>
       <c r="B662" s="19">
         <v>45775</v>
       </c>
       <c r="C662" s="11" t="s">
-        <v>1445</v>
+        <v>1443</v>
       </c>
       <c r="D662" s="12">
         <v>6</v>
       </c>
       <c r="E662" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F662" s="13">
         <v>1689867</v>
       </c>
       <c r="G662" s="16" t="s">
         <v>398</v>
       </c>
       <c r="H662" s="14" t="s">
-        <v>1436</v>
+        <v>1434</v>
       </c>
       <c r="I662" s="14" t="s">
         <v>399</v>
       </c>
       <c r="J662" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K662" s="13"/>
     </row>
     <row r="663" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A663" s="13">
         <v>661</v>
       </c>
       <c r="B663" s="19">
         <v>45776</v>
       </c>
       <c r="C663" s="11" t="s">
-        <v>1446</v>
+        <v>1444</v>
       </c>
       <c r="D663" s="12">
         <v>10</v>
       </c>
       <c r="E663" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F663" s="13">
         <v>1690526</v>
       </c>
       <c r="G663" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H663" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I663" s="14" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="J663" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K663" s="20" t="s">
-        <v>1447</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="664" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A664" s="13">
         <v>662</v>
       </c>
       <c r="B664" s="19">
         <v>45776</v>
       </c>
       <c r="C664" s="11" t="s">
-        <v>1448</v>
+        <v>1446</v>
       </c>
       <c r="D664" s="12">
         <v>12</v>
       </c>
       <c r="E664" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F664" s="13">
         <v>1690570</v>
       </c>
       <c r="G664" s="16" t="s">
-        <v>1449</v>
+        <v>1447</v>
       </c>
       <c r="H664" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I664" s="14" t="s">
-        <v>1432</v>
+        <v>1430</v>
       </c>
       <c r="J664" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K664" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="665" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A665" s="13">
         <v>663</v>
       </c>
       <c r="B665" s="19">
         <v>45776</v>
       </c>
       <c r="C665" s="11" t="s">
-        <v>1450</v>
+        <v>1448</v>
       </c>
       <c r="D665" s="12">
         <v>9</v>
       </c>
       <c r="E665" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F665" s="13">
         <v>1690631</v>
       </c>
       <c r="G665" s="16" t="s">
-        <v>1451</v>
+        <v>1449</v>
       </c>
       <c r="H665" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I665" s="14" t="s">
-        <v>1452</v>
+        <v>1450</v>
       </c>
       <c r="J665" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K665" s="13"/>
     </row>
     <row r="666" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A666" s="13">
         <v>664</v>
       </c>
       <c r="B666" s="19">
         <v>45776</v>
       </c>
       <c r="C666" s="11" t="s">
-        <v>1453</v>
+        <v>1451</v>
       </c>
       <c r="D666" s="12">
         <v>20</v>
       </c>
       <c r="E666" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F666" s="13">
         <v>1690640</v>
       </c>
       <c r="G666" s="16" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="H666" s="14" t="s">
         <v>101</v>
       </c>
       <c r="I666" s="14" t="s">
-        <v>1038</v>
+        <v>1036</v>
       </c>
       <c r="J666" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K666" s="13"/>
     </row>
     <row r="667" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A667" s="13">
         <v>665</v>
       </c>
       <c r="B667" s="19">
         <v>45776</v>
       </c>
       <c r="C667" s="11" t="s">
-        <v>1454</v>
+        <v>1452</v>
       </c>
       <c r="D667" s="12">
         <v>7.3</v>
       </c>
       <c r="E667" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F667" s="13">
         <v>1690723</v>
       </c>
       <c r="G667" s="16" t="s">
-        <v>1387</v>
+        <v>1385</v>
       </c>
       <c r="H667" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I667" s="14" t="s">
-        <v>1455</v>
+        <v>1453</v>
       </c>
       <c r="J667" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K667" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="668" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A668" s="13">
         <v>666</v>
       </c>
       <c r="B668" s="19">
         <v>45777</v>
       </c>
       <c r="C668" s="11" t="s">
-        <v>1456</v>
+        <v>1454</v>
       </c>
       <c r="D668" s="12">
         <v>10</v>
       </c>
       <c r="E668" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F668" s="13">
         <v>1690924</v>
       </c>
       <c r="G668" s="16" t="s">
-        <v>1457</v>
+        <v>1455</v>
       </c>
       <c r="H668" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I668" s="14" t="s">
-        <v>1458</v>
+        <v>1456</v>
       </c>
       <c r="J668" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K668" s="20" t="s">
-        <v>1459</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="669" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A669" s="13">
         <v>667</v>
       </c>
       <c r="B669" s="19">
         <v>45777</v>
       </c>
       <c r="C669" s="11" t="s">
-        <v>1460</v>
+        <v>1458</v>
       </c>
       <c r="D669" s="12">
         <v>25</v>
       </c>
       <c r="E669" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F669" s="13">
         <v>1690976</v>
       </c>
       <c r="G669" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H669" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I669" s="14" t="s">
-        <v>1404</v>
+        <v>1402</v>
       </c>
       <c r="J669" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K669" s="13"/>
     </row>
     <row r="670" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A670" s="13">
         <v>668</v>
       </c>
       <c r="B670" s="19">
         <v>45777</v>
       </c>
       <c r="C670" s="11" t="s">
-        <v>1461</v>
+        <v>1459</v>
       </c>
       <c r="D670" s="12">
         <v>9</v>
       </c>
       <c r="E670" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F670" s="13">
         <v>1691171</v>
       </c>
       <c r="G670" s="16" t="s">
-        <v>1462</v>
+        <v>1460</v>
       </c>
       <c r="H670" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I670" s="14" t="s">
         <v>206</v>
       </c>
       <c r="J670" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K670" s="13"/>
     </row>
     <row r="671" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A671" s="13">
         <v>669</v>
       </c>
       <c r="B671" s="19">
         <v>45777</v>
       </c>
       <c r="C671" s="11" t="s">
-        <v>1463</v>
+        <v>1461</v>
       </c>
       <c r="D671" s="12">
         <v>9</v>
       </c>
       <c r="E671" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F671" s="13">
         <v>1691230</v>
       </c>
       <c r="G671" s="16" t="s">
-        <v>1462</v>
+        <v>1460</v>
       </c>
       <c r="H671" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I671" s="14" t="s">
         <v>206</v>
       </c>
       <c r="J671" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K671" s="13"/>
     </row>
     <row r="672" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A672" s="13">
         <v>670</v>
       </c>
       <c r="B672" s="19">
         <v>45777</v>
       </c>
       <c r="C672" s="11" t="s">
-        <v>1464</v>
+        <v>1462</v>
       </c>
       <c r="D672" s="12">
         <v>25</v>
       </c>
       <c r="E672" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F672" s="13">
         <v>1691291</v>
       </c>
       <c r="G672" s="16" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="H672" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I672" s="14" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="J672" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K672" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="673" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A673" s="13">
         <v>671</v>
       </c>
       <c r="B673" s="19">
         <v>45777</v>
       </c>
       <c r="C673" s="11" t="s">
-        <v>1467</v>
+        <v>1465</v>
       </c>
       <c r="D673" s="12">
         <v>4</v>
       </c>
       <c r="E673" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F673" s="13">
         <v>1691334</v>
       </c>
       <c r="G673" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H673" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I673" s="14" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="J673" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K673" s="20" t="s">
-        <v>1468</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="674" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A674" s="13">
         <v>672</v>
       </c>
       <c r="B674" s="19">
         <v>45777</v>
       </c>
       <c r="C674" s="11" t="s">
-        <v>1469</v>
+        <v>1467</v>
       </c>
       <c r="D674" s="12">
         <v>4</v>
       </c>
       <c r="E674" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F674" s="13">
         <v>1691338</v>
       </c>
       <c r="G674" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H674" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I674" s="14" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="J674" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K674" s="20" t="s">
-        <v>1468</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="675" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A675" s="13">
         <v>673</v>
       </c>
       <c r="B675" s="19">
         <v>45777</v>
       </c>
       <c r="C675" s="11" t="s">
-        <v>1470</v>
+        <v>1468</v>
       </c>
       <c r="D675" s="12">
         <v>10</v>
       </c>
       <c r="E675" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F675" s="13">
         <v>1691371</v>
       </c>
       <c r="G675" s="16" t="s">
-        <v>1471</v>
+        <v>1469</v>
       </c>
       <c r="H675" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I675" s="14" t="s">
-        <v>1472</v>
+        <v>1470</v>
       </c>
       <c r="J675" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K675" s="13"/>
     </row>
     <row r="676" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A676" s="13">
         <v>674</v>
       </c>
       <c r="B676" s="19">
         <v>45777</v>
       </c>
       <c r="C676" s="11" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="D676" s="12">
         <v>6</v>
       </c>
       <c r="E676" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F676" s="13">
         <v>1691373</v>
       </c>
       <c r="G676" s="16" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="H676" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I676" s="14" t="s">
-        <v>1474</v>
+        <v>1472</v>
       </c>
       <c r="J676" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K676" s="20" t="s">
-        <v>1475</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="677" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A677" s="13">
         <v>675</v>
       </c>
       <c r="B677" s="19">
         <v>45777</v>
       </c>
       <c r="C677" s="11" t="s">
-        <v>1476</v>
+        <v>1474</v>
       </c>
       <c r="D677" s="12">
         <v>8</v>
       </c>
       <c r="E677" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F677" s="13">
         <v>1691400</v>
       </c>
       <c r="G677" s="16" t="s">
-        <v>1477</v>
+        <v>1475</v>
       </c>
       <c r="H677" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I677" s="14" t="s">
-        <v>1478</v>
+        <v>1476</v>
       </c>
       <c r="J677" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K677" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="678" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A678" s="13">
         <v>676</v>
       </c>
       <c r="B678" s="19">
         <v>45777</v>
       </c>
       <c r="C678" s="11" t="s">
-        <v>1479</v>
+        <v>1477</v>
       </c>
       <c r="D678" s="12">
         <v>3</v>
       </c>
       <c r="E678" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F678" s="13">
         <v>1691501</v>
       </c>
       <c r="G678" s="16" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="H678" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I678" s="14" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="J678" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K678" s="13"/>
     </row>
     <row r="679" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A679" s="13">
         <v>677</v>
       </c>
       <c r="B679" s="19">
         <v>45777</v>
       </c>
       <c r="C679" s="11" t="s">
-        <v>1480</v>
+        <v>1478</v>
       </c>
       <c r="D679" s="12">
         <v>3</v>
       </c>
       <c r="E679" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F679" s="13">
         <v>1691510</v>
       </c>
       <c r="G679" s="16" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="H679" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I679" s="14" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="J679" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K679" s="13"/>
     </row>
     <row r="680" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A680" s="13">
         <v>678</v>
       </c>
       <c r="B680" s="19">
         <v>45778</v>
       </c>
       <c r="C680" s="11" t="s">
-        <v>1481</v>
+        <v>1479</v>
       </c>
       <c r="D680" s="12">
         <v>8</v>
       </c>
       <c r="E680" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F680" s="13">
         <v>1691489</v>
       </c>
       <c r="G680" s="16" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
       <c r="H680" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I680" s="14" t="s">
-        <v>1483</v>
+        <v>1481</v>
       </c>
       <c r="J680" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K680" s="20" t="s">
-        <v>1484</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="681" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A681" s="13">
         <v>679</v>
       </c>
       <c r="B681" s="19">
         <v>45789</v>
       </c>
       <c r="C681" s="11" t="s">
-        <v>1485</v>
+        <v>1483</v>
       </c>
       <c r="D681" s="12">
         <v>25</v>
       </c>
       <c r="E681" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F681" s="13">
         <v>1695396</v>
       </c>
       <c r="G681" s="16" t="s">
-        <v>1486</v>
+        <v>1484</v>
       </c>
       <c r="H681" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I681" s="14" t="s">
-        <v>1487</v>
+        <v>1485</v>
       </c>
       <c r="J681" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K681" s="20" t="s">
-        <v>1488</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="682" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A682" s="13">
         <v>680</v>
       </c>
       <c r="B682" s="19">
         <v>45796</v>
       </c>
       <c r="C682" s="11" t="s">
-        <v>1489</v>
+        <v>1487</v>
       </c>
       <c r="D682" s="12">
         <v>10</v>
       </c>
       <c r="E682" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F682" s="13">
         <v>1698267</v>
       </c>
       <c r="G682" s="16" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="H682" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I682" s="14" t="s">
-        <v>968</v>
+        <v>967</v>
       </c>
       <c r="J682" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K682" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="683" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A683" s="13">
         <v>681</v>
       </c>
       <c r="B683" s="19">
         <v>45797</v>
       </c>
       <c r="C683" s="11" t="s">
-        <v>1490</v>
+        <v>1488</v>
       </c>
       <c r="D683" s="12">
         <v>6</v>
       </c>
       <c r="E683" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F683" s="13">
         <v>1699042</v>
       </c>
       <c r="G683" s="16" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="H683" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I683" s="14" t="s">
-        <v>1491</v>
+        <v>1489</v>
       </c>
       <c r="J683" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K683" s="13"/>
     </row>
     <row r="684" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A684" s="13">
         <v>682</v>
       </c>
       <c r="B684" s="19">
         <v>45798</v>
       </c>
       <c r="C684" s="11" t="s">
-        <v>1492</v>
+        <v>1490</v>
       </c>
       <c r="D684" s="12">
         <v>8</v>
       </c>
       <c r="E684" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F684" s="13">
         <v>1699387</v>
       </c>
       <c r="G684" s="16" t="s">
-        <v>1297</v>
+        <v>1295</v>
       </c>
       <c r="H684" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I684" s="14" t="s">
         <v>269</v>
       </c>
       <c r="J684" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K684" s="20" t="s">
-        <v>1493</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="685" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A685" s="13">
         <v>683</v>
       </c>
       <c r="B685" s="19">
         <v>45804</v>
       </c>
       <c r="C685" s="11" t="s">
-        <v>1494</v>
+        <v>1492</v>
       </c>
       <c r="D685" s="12">
         <v>9</v>
       </c>
       <c r="E685" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F685" s="13">
         <v>1701848</v>
       </c>
       <c r="G685" s="16" t="s">
-        <v>1495</v>
+        <v>1493</v>
       </c>
       <c r="H685" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I685" s="14" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="J685" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K685" s="13"/>
     </row>
     <row r="686" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A686" s="13">
         <v>684</v>
       </c>
       <c r="B686" s="19">
         <v>45805</v>
       </c>
       <c r="C686" s="11" t="s">
-        <v>1497</v>
+        <v>1495</v>
       </c>
       <c r="D686" s="12">
         <v>10</v>
       </c>
       <c r="E686" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F686" s="13">
         <v>1702392</v>
       </c>
       <c r="G686" s="16" t="s">
-        <v>1498</v>
+        <v>1496</v>
       </c>
       <c r="H686" s="14" t="s">
         <v>50</v>
       </c>
       <c r="I686" s="14" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="J686" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K686" s="13"/>
     </row>
     <row r="687" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A687" s="13">
         <v>685</v>
       </c>
       <c r="B687" s="19">
         <v>45805</v>
       </c>
       <c r="C687" s="11" t="s">
-        <v>1499</v>
+        <v>1497</v>
       </c>
       <c r="D687" s="12">
         <v>10</v>
       </c>
       <c r="E687" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F687" s="13">
         <v>1702481</v>
       </c>
       <c r="G687" s="16" t="s">
-        <v>1500</v>
+        <v>1498</v>
       </c>
       <c r="H687" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I687" s="14" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="J687" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K687" s="20" t="s">
-        <v>1501</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="688" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A688" s="13">
         <v>686</v>
       </c>
       <c r="B688" s="19">
         <v>45806</v>
       </c>
       <c r="C688" s="11" t="s">
-        <v>1502</v>
+        <v>1500</v>
       </c>
       <c r="D688" s="12">
         <v>4</v>
       </c>
       <c r="E688" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F688" s="13">
         <v>1702763</v>
       </c>
       <c r="G688" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H688" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I688" s="14" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="J688" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K688" s="20" t="s">
-        <v>1501</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="689" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A689" s="13">
         <v>687</v>
       </c>
       <c r="B689" s="19">
         <v>45806</v>
       </c>
       <c r="C689" s="11" t="s">
-        <v>1503</v>
+        <v>1501</v>
       </c>
       <c r="D689" s="12">
         <v>4</v>
       </c>
       <c r="E689" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F689" s="13">
         <v>1702802</v>
       </c>
       <c r="G689" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H689" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I689" s="14" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="J689" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K689" s="20" t="s">
-        <v>1501</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="690" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A690" s="13">
         <v>688</v>
       </c>
       <c r="B690" s="19">
         <v>45806</v>
       </c>
       <c r="C690" s="11" t="s">
-        <v>1504</v>
+        <v>1502</v>
       </c>
       <c r="D690" s="12">
         <v>10.89</v>
       </c>
       <c r="E690" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F690" s="13">
         <v>1702856</v>
       </c>
       <c r="G690" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H690" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I690" s="14" t="s">
-        <v>1505</v>
+        <v>1503</v>
       </c>
       <c r="J690" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K690" s="13"/>
     </row>
     <row r="691" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A691" s="13">
         <v>689</v>
       </c>
       <c r="B691" s="19">
         <v>45806</v>
       </c>
       <c r="C691" s="11" t="s">
-        <v>1506</v>
+        <v>1504</v>
       </c>
       <c r="D691" s="12">
         <v>10</v>
       </c>
       <c r="E691" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F691" s="13">
         <v>1702883</v>
       </c>
       <c r="G691" s="16" t="s">
-        <v>1507</v>
+        <v>1505</v>
       </c>
       <c r="H691" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I691" s="14" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="J691" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K691" s="13"/>
     </row>
     <row r="692" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A692" s="13">
         <v>690</v>
       </c>
       <c r="B692" s="19">
         <v>45806</v>
       </c>
       <c r="C692" s="11" t="s">
-        <v>1508</v>
+        <v>1506</v>
       </c>
       <c r="D692" s="12">
         <v>10</v>
       </c>
       <c r="E692" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F692" s="13">
         <v>1703033</v>
       </c>
       <c r="G692" s="16" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="H692" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I692" s="14" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="J692" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K692" s="13"/>
     </row>
     <row r="693" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A693" s="13">
         <v>691</v>
       </c>
       <c r="B693" s="19">
         <v>45807</v>
       </c>
       <c r="C693" s="11" t="s">
-        <v>1509</v>
+        <v>1507</v>
       </c>
       <c r="D693" s="12">
         <v>7</v>
       </c>
       <c r="E693" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F693" s="13">
         <v>1703313</v>
       </c>
       <c r="G693" s="16" t="s">
-        <v>1022</v>
+        <v>1020</v>
       </c>
       <c r="H693" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I693" s="14" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
       <c r="J693" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K693" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="694" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A694" s="13">
         <v>692</v>
       </c>
       <c r="B694" s="19">
         <v>45808</v>
       </c>
       <c r="C694" s="11" t="s">
-        <v>1510</v>
+        <v>1508</v>
       </c>
       <c r="D694" s="12">
         <v>15</v>
       </c>
       <c r="E694" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F694" s="13">
         <v>1703748</v>
       </c>
       <c r="G694" s="16" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="H694" s="14" t="s">
-        <v>1436</v>
+        <v>1434</v>
       </c>
       <c r="I694" s="14" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
       <c r="J694" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K694" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="695" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A695" s="13">
         <v>693</v>
       </c>
       <c r="B695" s="19">
         <v>45808</v>
       </c>
       <c r="C695" s="11" t="s">
-        <v>1511</v>
+        <v>1509</v>
       </c>
       <c r="D695" s="12">
         <v>5.5</v>
       </c>
       <c r="E695" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F695" s="13">
         <v>1703912</v>
       </c>
       <c r="G695" s="16" t="s">
-        <v>1098</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1096</v>
+      </c>
+      <c r="H695" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I695" s="14" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
       <c r="J695" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K695" s="20" t="s">
-        <v>1512</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="696" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A696" s="13">
         <v>694</v>
       </c>
       <c r="B696" s="19">
         <v>45808</v>
       </c>
       <c r="C696" s="11" t="s">
-        <v>1513</v>
+        <v>1511</v>
       </c>
       <c r="D696" s="12">
         <v>7</v>
       </c>
       <c r="E696" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F696" s="13">
         <v>1703928</v>
       </c>
       <c r="G696" s="16" t="s">
-        <v>1514</v>
+        <v>1512</v>
       </c>
       <c r="H696" s="14" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="I696" s="14" t="s">
-        <v>1515</v>
+        <v>1513</v>
       </c>
       <c r="J696" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K696" s="20" t="s">
-        <v>1516</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="697" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A697" s="13">
         <v>695</v>
       </c>
       <c r="B697" s="19">
         <v>45808</v>
       </c>
       <c r="C697" s="11" t="s">
-        <v>1517</v>
+        <v>1515</v>
       </c>
       <c r="D697" s="12">
         <v>24.9</v>
       </c>
       <c r="E697" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F697" s="13">
         <v>1704015</v>
       </c>
       <c r="G697" s="16" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="H697" s="14" t="s">
         <v>234</v>
       </c>
       <c r="I697" s="14" t="s">
-        <v>1307</v>
+        <v>1305</v>
       </c>
       <c r="J697" s="13" t="s">
-        <v>880</v>
+        <v>17</v>
       </c>
       <c r="K697" s="13"/>
     </row>
     <row r="698" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A698" s="13">
         <v>696</v>
       </c>
       <c r="B698" s="19">
         <v>45808</v>
       </c>
       <c r="C698" s="11" t="s">
-        <v>1518</v>
+        <v>1516</v>
       </c>
       <c r="D698" s="12">
         <v>13.75</v>
       </c>
       <c r="E698" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F698" s="13">
         <v>1704040</v>
       </c>
       <c r="G698" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H698" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I698" s="14" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="J698" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K698" s="20" t="s">
-        <v>1519</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="699" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A699" s="13">
         <v>697</v>
       </c>
       <c r="B699" s="19">
         <v>45808</v>
       </c>
       <c r="C699" s="11" t="s">
-        <v>1520</v>
+        <v>1518</v>
       </c>
       <c r="D699" s="12">
         <v>12</v>
       </c>
       <c r="E699" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F699" s="13">
         <v>1704034</v>
       </c>
       <c r="G699" s="16" t="s">
-        <v>1422</v>
+        <v>1420</v>
       </c>
       <c r="H699" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I699" s="14" t="s">
-        <v>1521</v>
+        <v>1519</v>
       </c>
       <c r="J699" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K699" s="13"/>
     </row>
     <row r="700" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A700" s="13">
         <v>698</v>
       </c>
       <c r="B700" s="19">
         <v>45808</v>
       </c>
       <c r="C700" s="11" t="s">
-        <v>1522</v>
+        <v>1520</v>
       </c>
       <c r="D700" s="12">
         <v>13.2</v>
       </c>
       <c r="E700" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F700" s="13">
         <v>1704035</v>
       </c>
       <c r="G700" s="16" t="s">
-        <v>1419</v>
+        <v>1417</v>
       </c>
       <c r="H700" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I700" s="14" t="s">
-        <v>1521</v>
+        <v>1519</v>
       </c>
       <c r="J700" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K700" s="20" t="s">
-        <v>1523</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="701" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A701" s="13">
         <v>699</v>
       </c>
       <c r="B701" s="19">
         <v>45810</v>
       </c>
       <c r="C701" s="11" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
       <c r="D701" s="12">
         <v>5</v>
       </c>
       <c r="E701" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F701" s="13">
         <v>1704373</v>
       </c>
       <c r="G701" s="16" t="s">
-        <v>1290</v>
+        <v>1288</v>
       </c>
       <c r="H701" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I701" s="14" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="J701" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K701" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="702" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A702" s="13">
         <v>700</v>
       </c>
       <c r="B702" s="19">
         <v>45818</v>
       </c>
       <c r="C702" s="11" t="s">
-        <v>1526</v>
+        <v>1524</v>
       </c>
       <c r="D702" s="12">
         <v>9</v>
       </c>
       <c r="E702" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F702" s="13">
         <v>1705687</v>
       </c>
       <c r="G702" s="16" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="H702" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I702" s="14" t="s">
         <v>206</v>
       </c>
       <c r="J702" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K702" s="20"/>
     </row>
     <row r="703" spans="1:11" s="23" customFormat="1" ht="167" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A703" s="13">
         <v>701</v>
       </c>
       <c r="B703" s="19">
         <v>45824</v>
       </c>
       <c r="C703" s="11" t="s">
-        <v>1527</v>
+        <v>1525</v>
       </c>
       <c r="D703" s="12">
         <v>24.95</v>
       </c>
       <c r="E703" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F703" s="13">
         <v>1708289</v>
       </c>
       <c r="G703" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H703" s="14" t="s">
         <v>101</v>
       </c>
       <c r="I703" s="14" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
       <c r="J703" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K703" s="20" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="704" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A704" s="13">
         <v>702</v>
       </c>
       <c r="B704" s="19">
         <v>45832</v>
       </c>
       <c r="C704" s="11" t="s">
-        <v>1528</v>
+        <v>1526</v>
       </c>
       <c r="D704" s="12">
         <v>4.95</v>
       </c>
       <c r="E704" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F704" s="13">
         <v>1712103</v>
       </c>
       <c r="G704" s="16" t="s">
-        <v>1366</v>
+        <v>1364</v>
       </c>
       <c r="H704" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I704" s="14" t="s">
         <v>377</v>
       </c>
       <c r="J704" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K704" s="20"/>
     </row>
     <row r="705" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A705" s="13">
         <v>703</v>
       </c>
       <c r="B705" s="19">
         <v>45832</v>
       </c>
       <c r="C705" s="11" t="s">
-        <v>1529</v>
+        <v>1527</v>
       </c>
       <c r="D705" s="12">
         <v>10</v>
       </c>
       <c r="E705" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F705" s="13">
         <v>1712131</v>
       </c>
       <c r="G705" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H705" s="14" t="s">
         <v>73</v>
       </c>
       <c r="I705" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="J705" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K705" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="706" spans="1:11" s="23" customFormat="1" ht="135" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A706" s="13">
         <v>704</v>
       </c>
       <c r="B706" s="19">
         <v>45832</v>
       </c>
       <c r="C706" s="11" t="s">
-        <v>1530</v>
+        <v>1528</v>
       </c>
       <c r="D706" s="12">
         <v>12.1</v>
       </c>
       <c r="E706" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F706" s="13">
         <v>1712202</v>
       </c>
       <c r="G706" s="16" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
       <c r="H706" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I706" s="14" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="J706" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K706" s="20" t="s">
-        <v>1583</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="707" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A707" s="13">
         <v>705</v>
       </c>
       <c r="B707" s="19">
         <v>45832</v>
       </c>
       <c r="C707" s="11" t="s">
-        <v>1531</v>
+        <v>1529</v>
       </c>
       <c r="D707" s="12">
         <v>9</v>
       </c>
       <c r="E707" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F707" s="13">
         <v>1712223</v>
       </c>
       <c r="G707" s="16" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
       <c r="H707" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I707" s="14" t="s">
-        <v>1452</v>
+        <v>1450</v>
       </c>
       <c r="J707" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K707" s="20"/>
     </row>
     <row r="708" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A708" s="13">
         <v>706</v>
       </c>
       <c r="B708" s="19">
         <v>45832</v>
       </c>
       <c r="C708" s="11" t="s">
-        <v>1532</v>
+        <v>1530</v>
       </c>
       <c r="D708" s="12">
         <v>10</v>
       </c>
       <c r="E708" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F708" s="13">
         <v>1712246</v>
       </c>
       <c r="G708" s="16" t="s">
-        <v>1567</v>
+        <v>1565</v>
       </c>
       <c r="H708" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I708" s="14" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="J708" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K708" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="709" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A709" s="13">
         <v>707</v>
       </c>
       <c r="B709" s="19">
         <v>45832</v>
       </c>
       <c r="C709" s="11" t="s">
-        <v>1533</v>
+        <v>1531</v>
       </c>
       <c r="D709" s="12">
         <v>13.2</v>
       </c>
       <c r="E709" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F709" s="13">
         <v>1712371</v>
       </c>
       <c r="G709" s="16" t="s">
-        <v>1419</v>
+        <v>1417</v>
       </c>
       <c r="H709" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I709" s="14" t="s">
-        <v>1521</v>
+        <v>1519</v>
       </c>
       <c r="J709" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K709" s="20"/>
     </row>
     <row r="710" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A710" s="13">
         <v>708</v>
       </c>
       <c r="B710" s="19">
         <v>45832</v>
       </c>
       <c r="C710" s="11" t="s">
-        <v>1534</v>
+        <v>1532</v>
       </c>
       <c r="D710" s="12">
         <v>10</v>
       </c>
       <c r="E710" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F710" s="13">
         <v>1712502</v>
       </c>
       <c r="G710" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H710" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I710" s="14" t="s">
-        <v>1577</v>
+        <v>1575</v>
       </c>
       <c r="J710" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K710" s="20" t="s">
-        <v>1584</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="711" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A711" s="13">
         <v>709</v>
       </c>
       <c r="B711" s="19">
         <v>45834</v>
       </c>
       <c r="C711" s="11" t="s">
-        <v>1535</v>
+        <v>1533</v>
       </c>
       <c r="D711" s="12">
         <v>25</v>
       </c>
       <c r="E711" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F711" s="13">
         <v>1713191</v>
       </c>
       <c r="G711" s="16" t="s">
-        <v>1486</v>
+        <v>1484</v>
       </c>
       <c r="H711" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I711" s="14" t="s">
-        <v>1578</v>
+        <v>1576</v>
       </c>
       <c r="J711" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K711" s="20"/>
     </row>
     <row r="712" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A712" s="13">
         <v>710</v>
       </c>
       <c r="B712" s="19">
         <v>45835</v>
       </c>
       <c r="C712" s="11" t="s">
-        <v>1536</v>
+        <v>1534</v>
       </c>
       <c r="D712" s="12">
         <v>8</v>
       </c>
       <c r="E712" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F712" s="13">
         <v>1713799</v>
       </c>
       <c r="G712" s="16" t="s">
-        <v>1297</v>
+        <v>1295</v>
       </c>
       <c r="H712" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I712" s="14" t="s">
         <v>269</v>
       </c>
       <c r="J712" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K712" s="20"/>
     </row>
     <row r="713" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A713" s="13">
         <v>711</v>
       </c>
       <c r="B713" s="19">
         <v>45836</v>
       </c>
       <c r="C713" s="11" t="s">
-        <v>1537</v>
+        <v>1535</v>
       </c>
       <c r="D713" s="12">
         <v>10</v>
       </c>
       <c r="E713" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F713" s="13">
         <v>1714128</v>
       </c>
       <c r="G713" s="16" t="s">
-        <v>1500</v>
+        <v>1498</v>
       </c>
       <c r="H713" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I713" s="14" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="J713" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K713" s="20"/>
     </row>
     <row r="714" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A714" s="13">
         <v>712</v>
       </c>
       <c r="B714" s="19">
         <v>45836</v>
       </c>
       <c r="C714" s="11" t="s">
-        <v>1538</v>
+        <v>1536</v>
       </c>
       <c r="D714" s="12">
         <v>5</v>
       </c>
       <c r="E714" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F714" s="13">
         <v>1714174</v>
       </c>
       <c r="G714" s="16" t="s">
+        <v>502</v>
+      </c>
+      <c r="H714" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I714" s="14" t="s">
         <v>503</v>
-      </c>
-[...4 lines deleted...]
-        <v>504</v>
       </c>
       <c r="J714" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K714" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="715" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A715" s="13">
         <v>713</v>
       </c>
       <c r="B715" s="19">
         <v>45837</v>
       </c>
       <c r="C715" s="11" t="s">
-        <v>1539</v>
+        <v>1537</v>
       </c>
       <c r="D715" s="12">
         <v>12</v>
       </c>
       <c r="E715" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F715" s="13">
         <v>1714473</v>
       </c>
       <c r="G715" s="16" t="s">
-        <v>1568</v>
+        <v>1566</v>
       </c>
       <c r="H715" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I715" s="14" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="J715" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K715" s="20"/>
     </row>
     <row r="716" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A716" s="13">
         <v>714</v>
       </c>
       <c r="B716" s="19">
         <v>45838</v>
       </c>
       <c r="C716" s="11" t="s">
-        <v>1540</v>
+        <v>1538</v>
       </c>
       <c r="D716" s="12">
         <v>15</v>
       </c>
       <c r="E716" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F716" s="13">
         <v>1714574</v>
       </c>
       <c r="G716" s="16" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="H716" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I716" s="14" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
       <c r="J716" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K716" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="717" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A717" s="13">
         <v>715</v>
       </c>
       <c r="B717" s="19">
         <v>45838</v>
       </c>
       <c r="C717" s="11" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="D717" s="12">
         <v>17.600000000000001</v>
       </c>
       <c r="E717" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F717" s="13">
         <v>1714753</v>
       </c>
       <c r="G717" s="16" t="s">
-        <v>1569</v>
+        <v>1567</v>
       </c>
       <c r="H717" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I717" s="14" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="J717" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K717" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="718" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A718" s="13">
         <v>716</v>
       </c>
       <c r="B718" s="19">
         <v>45838</v>
       </c>
       <c r="C718" s="11" t="s">
-        <v>1542</v>
+        <v>1540</v>
       </c>
       <c r="D718" s="12">
         <v>19.04</v>
       </c>
       <c r="E718" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F718" s="13">
         <v>1714774</v>
       </c>
       <c r="G718" s="16" t="s">
-        <v>1570</v>
+        <v>1568</v>
       </c>
       <c r="H718" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I718" s="14" t="s">
-        <v>1579</v>
+        <v>1577</v>
       </c>
       <c r="J718" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K718" s="20" t="s">
-        <v>1585</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="719" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A719" s="13">
         <v>717</v>
       </c>
       <c r="B719" s="19">
         <v>45838</v>
       </c>
       <c r="C719" s="11" t="s">
-        <v>1543</v>
+        <v>1541</v>
       </c>
       <c r="D719" s="12">
         <v>12</v>
       </c>
       <c r="E719" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F719" s="13">
         <v>1714779</v>
       </c>
       <c r="G719" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H719" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I719" s="14" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="J719" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K719" s="20"/>
     </row>
     <row r="720" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A720" s="13">
         <v>718</v>
       </c>
       <c r="B720" s="19">
         <v>45838</v>
       </c>
       <c r="C720" s="11" t="s">
-        <v>1544</v>
+        <v>1542</v>
       </c>
       <c r="D720" s="12">
         <v>12</v>
       </c>
       <c r="E720" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F720" s="13">
         <v>1714814</v>
       </c>
       <c r="G720" s="16" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="H720" s="14" t="s">
-        <v>1436</v>
+        <v>1434</v>
       </c>
       <c r="I720" s="14" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
       <c r="J720" s="13" t="s">
-        <v>1267</v>
+        <v>879</v>
       </c>
       <c r="K720" s="20"/>
     </row>
     <row r="721" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A721" s="13">
         <v>719</v>
       </c>
       <c r="B721" s="19">
         <v>45838</v>
       </c>
       <c r="C721" s="11" t="s">
-        <v>1545</v>
+        <v>1543</v>
       </c>
       <c r="D721" s="12">
         <v>18.53</v>
       </c>
       <c r="E721" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F721" s="13">
         <v>1714846</v>
       </c>
       <c r="G721" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H721" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I721" s="14" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
       <c r="J721" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K721" s="20" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="722" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A722" s="13">
         <v>720</v>
       </c>
       <c r="B722" s="19">
         <v>45838</v>
       </c>
       <c r="C722" s="11" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="D722" s="12">
         <v>4</v>
       </c>
       <c r="E722" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F722" s="13">
         <v>1714839</v>
       </c>
       <c r="G722" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H722" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I722" s="14" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="J722" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K722" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="723" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A723" s="13">
         <v>721</v>
       </c>
       <c r="B723" s="19">
         <v>45838</v>
       </c>
       <c r="C723" s="11" t="s">
-        <v>1547</v>
+        <v>1545</v>
       </c>
       <c r="D723" s="12">
         <v>4</v>
       </c>
       <c r="E723" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F723" s="13">
         <v>1714852</v>
       </c>
       <c r="G723" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H723" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I723" s="14" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="J723" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K723" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="724" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A724" s="13">
         <v>722</v>
       </c>
       <c r="B724" s="19">
         <v>45838</v>
       </c>
       <c r="C724" s="11" t="s">
-        <v>1548</v>
+        <v>1546</v>
       </c>
       <c r="D724" s="12">
         <v>8</v>
       </c>
       <c r="E724" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F724" s="13">
         <v>1715060</v>
       </c>
       <c r="G724" s="16" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
       <c r="H724" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I724" s="14" t="s">
-        <v>1483</v>
+        <v>1481</v>
       </c>
       <c r="J724" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K724" s="20" t="s">
-        <v>1587</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="725" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A725" s="13">
         <v>723</v>
       </c>
       <c r="B725" s="19">
         <v>45838</v>
       </c>
       <c r="C725" s="11" t="s">
-        <v>1549</v>
+        <v>1547</v>
       </c>
       <c r="D725" s="12">
         <v>7</v>
       </c>
       <c r="E725" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F725" s="13">
         <v>1715109</v>
       </c>
       <c r="G725" s="16" t="s">
-        <v>1571</v>
+        <v>1569</v>
       </c>
       <c r="H725" s="14" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="I725" s="14" t="s">
-        <v>1515</v>
+        <v>1513</v>
       </c>
       <c r="J725" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K725" s="20"/>
     </row>
     <row r="726" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A726" s="13">
         <v>724</v>
       </c>
       <c r="B726" s="19">
         <v>45838</v>
       </c>
       <c r="C726" s="11" t="s">
-        <v>1550</v>
+        <v>1548</v>
       </c>
       <c r="D726" s="12">
         <v>3</v>
       </c>
       <c r="E726" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F726" s="13">
         <v>1715170</v>
       </c>
       <c r="G726" s="16" t="s">
         <v>432</v>
       </c>
       <c r="H726" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I726" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J726" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K726" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="727" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A727" s="13">
         <v>725</v>
       </c>
       <c r="B727" s="19">
         <v>45838</v>
       </c>
       <c r="C727" s="11" t="s">
-        <v>1551</v>
+        <v>1549</v>
       </c>
       <c r="D727" s="12">
         <v>3</v>
       </c>
       <c r="E727" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F727" s="13">
         <v>1715148</v>
       </c>
       <c r="G727" s="16" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="H727" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I727" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J727" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K727" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="728" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A728" s="13">
         <v>726</v>
       </c>
       <c r="B728" s="19">
         <v>45838</v>
       </c>
       <c r="C728" s="11" t="s">
-        <v>1552</v>
+        <v>1550</v>
       </c>
       <c r="D728" s="12">
         <v>13.75</v>
       </c>
       <c r="E728" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F728" s="13">
         <v>1715173</v>
       </c>
       <c r="G728" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H728" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I728" s="14" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="J728" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K728" s="20" t="s">
-        <v>1588</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="729" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A729" s="13">
         <v>727</v>
       </c>
       <c r="B729" s="19">
         <v>45838</v>
       </c>
       <c r="C729" s="11" t="s">
-        <v>1553</v>
+        <v>1551</v>
       </c>
       <c r="D729" s="12">
         <v>3</v>
       </c>
       <c r="E729" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F729" s="13">
         <v>1715174</v>
       </c>
       <c r="G729" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H729" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I729" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J729" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K729" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="730" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A730" s="13">
         <v>728</v>
       </c>
       <c r="B730" s="19">
         <v>45838</v>
       </c>
       <c r="C730" s="11" t="s">
-        <v>1554</v>
+        <v>1552</v>
       </c>
       <c r="D730" s="12">
         <v>3</v>
       </c>
       <c r="E730" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F730" s="13">
         <v>1715175</v>
       </c>
       <c r="G730" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H730" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I730" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J730" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K730" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="731" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A731" s="13">
         <v>729</v>
       </c>
       <c r="B731" s="19">
         <v>45838</v>
       </c>
       <c r="C731" s="11" t="s">
-        <v>1555</v>
+        <v>1553</v>
       </c>
       <c r="D731" s="12">
         <v>3</v>
       </c>
       <c r="E731" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F731" s="13">
         <v>1715181</v>
       </c>
       <c r="G731" s="16" t="s">
-        <v>1135</v>
+        <v>1133</v>
       </c>
       <c r="H731" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I731" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J731" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K731" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="732" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A732" s="13">
         <v>730</v>
       </c>
       <c r="B732" s="19">
         <v>45838</v>
       </c>
       <c r="C732" s="11" t="s">
-        <v>1556</v>
+        <v>1554</v>
       </c>
       <c r="D732" s="12">
         <v>3</v>
       </c>
       <c r="E732" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F732" s="13">
         <v>1715178</v>
       </c>
       <c r="G732" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H732" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I732" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J732" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K732" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="733" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A733" s="13">
         <v>731</v>
       </c>
       <c r="B733" s="19">
         <v>45838</v>
       </c>
       <c r="C733" s="11" t="s">
-        <v>1557</v>
+        <v>1555</v>
       </c>
       <c r="D733" s="12">
         <v>3</v>
       </c>
       <c r="E733" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F733" s="13">
         <v>1715186</v>
       </c>
       <c r="G733" s="16" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="H733" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I733" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J733" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K733" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="734" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A734" s="13">
         <v>732</v>
       </c>
       <c r="B734" s="19">
         <v>45838</v>
       </c>
       <c r="C734" s="11" t="s">
-        <v>1558</v>
+        <v>1556</v>
       </c>
       <c r="D734" s="12">
         <v>3</v>
       </c>
       <c r="E734" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F734" s="13">
         <v>1715155</v>
       </c>
       <c r="G734" s="16" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="H734" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I734" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J734" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K734" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="735" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A735" s="13">
         <v>733</v>
       </c>
       <c r="B735" s="19">
         <v>45838</v>
       </c>
       <c r="C735" s="11" t="s">
-        <v>1559</v>
+        <v>1557</v>
       </c>
       <c r="D735" s="12">
         <v>3</v>
       </c>
       <c r="E735" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F735" s="13">
         <v>1715169</v>
       </c>
       <c r="G735" s="16" t="s">
         <v>425</v>
       </c>
       <c r="H735" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I735" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J735" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K735" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="736" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A736" s="13">
         <v>734</v>
       </c>
       <c r="B736" s="19">
         <v>45838</v>
       </c>
       <c r="C736" s="11" t="s">
-        <v>1560</v>
+        <v>1558</v>
       </c>
       <c r="D736" s="12">
         <v>10</v>
       </c>
       <c r="E736" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F736" s="13">
         <v>1715210</v>
       </c>
       <c r="G736" s="16" t="s">
-        <v>1572</v>
+        <v>1570</v>
       </c>
       <c r="H736" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I736" s="14" t="s">
         <v>87</v>
       </c>
       <c r="J736" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K736" s="20"/>
     </row>
     <row r="737" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A737" s="13">
         <v>735</v>
       </c>
       <c r="B737" s="19">
         <v>45838</v>
       </c>
       <c r="C737" s="11" t="s">
-        <v>1561</v>
+        <v>1559</v>
       </c>
       <c r="D737" s="12">
         <v>3</v>
       </c>
       <c r="E737" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F737" s="13">
         <v>1715212</v>
       </c>
       <c r="G737" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H737" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I737" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J737" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K737" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="738" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A738" s="13">
         <v>736</v>
       </c>
       <c r="B738" s="19">
         <v>45838</v>
       </c>
       <c r="C738" s="11" t="s">
-        <v>1562</v>
+        <v>1560</v>
       </c>
       <c r="D738" s="12">
         <v>15</v>
       </c>
       <c r="E738" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F738" s="13">
         <v>1715214</v>
       </c>
       <c r="G738" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H738" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I738" s="14" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
       <c r="J738" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K738" s="20"/>
     </row>
     <row r="739" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A739" s="13">
         <v>737</v>
       </c>
       <c r="B739" s="19">
         <v>45838</v>
       </c>
       <c r="C739" s="11" t="s">
-        <v>1563</v>
+        <v>1561</v>
       </c>
       <c r="D739" s="12">
         <v>25</v>
       </c>
       <c r="E739" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F739" s="13">
         <v>1715216</v>
       </c>
       <c r="G739" s="16" t="s">
-        <v>1573</v>
+        <v>1571</v>
       </c>
       <c r="H739" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I739" s="14" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="J739" s="13" t="s">
-        <v>1267</v>
+        <v>879</v>
       </c>
       <c r="K739" s="20"/>
     </row>
     <row r="740" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A740" s="13">
         <v>738</v>
       </c>
       <c r="B740" s="19">
         <v>45846</v>
       </c>
       <c r="C740" s="11" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="D740" s="12">
         <v>6</v>
       </c>
       <c r="E740" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F740" s="13">
         <v>1718211</v>
       </c>
       <c r="G740" s="16" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="H740" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I740" s="14" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="J740" s="13" t="s">
-        <v>1267</v>
-[...1 lines deleted...]
-      <c r="K740" s="20"/>
+        <v>29</v>
+      </c>
+      <c r="K740" s="14" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="741" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A741" s="13">
         <v>739</v>
       </c>
       <c r="B741" s="19">
         <v>45849</v>
       </c>
       <c r="C741" s="11" t="s">
-        <v>1590</v>
+        <v>1588</v>
       </c>
       <c r="D741" s="12">
         <v>3</v>
       </c>
       <c r="E741" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F741" s="13">
         <v>1719857</v>
       </c>
       <c r="G741" s="16" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="H741" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I741" s="14" t="s">
         <v>426</v>
       </c>
       <c r="J741" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K741" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="742" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A742" s="13">
         <v>740</v>
       </c>
       <c r="B742" s="19">
         <v>45859</v>
       </c>
       <c r="C742" s="11" t="s">
-        <v>1591</v>
+        <v>1589</v>
       </c>
       <c r="D742" s="12">
         <v>3</v>
       </c>
       <c r="E742" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F742" s="13">
         <v>1723004</v>
       </c>
       <c r="G742" s="16" t="s">
-        <v>1210</v>
+        <v>1208</v>
       </c>
       <c r="H742" s="14" t="s">
         <v>55</v>
       </c>
       <c r="I742" s="14" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="J742" s="13" t="s">
-        <v>1267</v>
+        <v>879</v>
       </c>
       <c r="K742" s="20"/>
     </row>
     <row r="743" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A743" s="13">
         <v>741</v>
       </c>
       <c r="B743" s="19">
         <v>45865</v>
       </c>
       <c r="C743" s="11" t="s">
-        <v>1592</v>
+        <v>1590</v>
       </c>
       <c r="D743" s="12">
         <v>10</v>
       </c>
       <c r="E743" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F743" s="13">
         <v>1725705</v>
       </c>
       <c r="G743" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H743" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I743" s="14" t="s">
-        <v>1577</v>
+        <v>1575</v>
       </c>
       <c r="J743" s="13" t="s">
-        <v>1267</v>
-[...1 lines deleted...]
-      <c r="K743" s="20"/>
+        <v>29</v>
+      </c>
+      <c r="K743" s="14" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="744" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A744" s="13">
         <v>742</v>
       </c>
       <c r="B744" s="19">
         <v>45866</v>
       </c>
       <c r="C744" s="11" t="s">
-        <v>1593</v>
+        <v>1591</v>
       </c>
       <c r="D744" s="12">
         <v>18.53</v>
       </c>
       <c r="E744" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F744" s="13">
         <v>1725976</v>
       </c>
       <c r="G744" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H744" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I744" s="14" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
       <c r="J744" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K744" s="20" t="s">
-        <v>1648</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="745" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A745" s="13">
         <v>743</v>
       </c>
       <c r="B745" s="19">
         <v>45866</v>
       </c>
       <c r="C745" s="11" t="s">
-        <v>1594</v>
+        <v>1592</v>
       </c>
       <c r="D745" s="12">
         <v>10</v>
       </c>
       <c r="E745" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F745" s="13">
         <v>1726371</v>
       </c>
       <c r="G745" s="16" t="s">
-        <v>1622</v>
+        <v>1620</v>
       </c>
       <c r="H745" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I745" s="14" t="s">
         <v>230</v>
       </c>
       <c r="J745" s="13" t="s">
-        <v>1267</v>
-[...1 lines deleted...]
-      <c r="K745" s="20"/>
+        <v>29</v>
+      </c>
+      <c r="K745" s="20" t="s">
+        <v>278</v>
+      </c>
     </row>
     <row r="746" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A746" s="13">
         <v>744</v>
       </c>
       <c r="B746" s="19">
         <v>45867</v>
       </c>
       <c r="C746" s="11" t="s">
-        <v>1595</v>
+        <v>1593</v>
       </c>
       <c r="D746" s="12">
         <v>7.2</v>
       </c>
       <c r="E746" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F746" s="13">
         <v>1726781</v>
       </c>
       <c r="G746" s="16" t="s">
-        <v>1623</v>
+        <v>1621</v>
       </c>
       <c r="H746" s="14" t="s">
-        <v>1436</v>
+        <v>1434</v>
       </c>
       <c r="I746" s="14" t="s">
-        <v>1638</v>
+        <v>1636</v>
       </c>
       <c r="J746" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K746" s="20"/>
     </row>
     <row r="747" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A747" s="13">
         <v>745</v>
       </c>
       <c r="B747" s="19">
         <v>45868</v>
       </c>
       <c r="C747" s="11" t="s">
-        <v>1596</v>
+        <v>1594</v>
       </c>
       <c r="D747" s="12">
         <v>24.99</v>
       </c>
       <c r="E747" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F747" s="13">
         <v>1727234</v>
       </c>
       <c r="G747" s="16" t="s">
-        <v>1624</v>
+        <v>1622</v>
       </c>
       <c r="H747" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I747" s="14" t="s">
-        <v>1639</v>
+        <v>1637</v>
       </c>
       <c r="J747" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K747" s="20" t="s">
-        <v>1649</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="748" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A748" s="13">
         <v>746</v>
       </c>
       <c r="B748" s="19">
         <v>45868</v>
       </c>
       <c r="C748" s="11" t="s">
-        <v>1597</v>
+        <v>1595</v>
       </c>
       <c r="D748" s="12">
         <v>9</v>
       </c>
       <c r="E748" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F748" s="13">
         <v>1727420</v>
       </c>
       <c r="G748" s="16" t="s">
-        <v>1625</v>
+        <v>1623</v>
       </c>
       <c r="H748" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I748" s="14" t="s">
         <v>206</v>
       </c>
       <c r="J748" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K748" s="20"/>
     </row>
     <row r="749" spans="1:11" s="23" customFormat="1" ht="114" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A749" s="13">
         <v>747</v>
       </c>
       <c r="B749" s="19">
         <v>45868</v>
       </c>
       <c r="C749" s="11" t="s">
-        <v>1598</v>
+        <v>1596</v>
       </c>
       <c r="D749" s="12">
         <v>3</v>
       </c>
       <c r="E749" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F749" s="13">
         <v>1727482</v>
       </c>
       <c r="G749" s="16" t="s">
-        <v>1626</v>
+        <v>1624</v>
       </c>
       <c r="H749" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I749" s="14" t="s">
-        <v>1640</v>
+        <v>1638</v>
       </c>
       <c r="J749" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K749" s="20" t="s">
-        <v>1652</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="750" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A750" s="13">
         <v>748</v>
       </c>
       <c r="B750" s="19">
         <v>45868</v>
       </c>
       <c r="C750" s="11" t="s">
-        <v>1599</v>
+        <v>1597</v>
       </c>
       <c r="D750" s="12">
         <v>8</v>
       </c>
       <c r="E750" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F750" s="13">
         <v>1727492</v>
       </c>
       <c r="G750" s="16" t="s">
-        <v>1627</v>
+        <v>1625</v>
       </c>
       <c r="H750" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I750" s="14" t="s">
         <v>206</v>
       </c>
       <c r="J750" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K750" s="20"/>
     </row>
     <row r="751" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A751" s="13">
         <v>749</v>
       </c>
       <c r="B751" s="19">
         <v>45868</v>
       </c>
       <c r="C751" s="11" t="s">
-        <v>1600</v>
+        <v>1598</v>
       </c>
       <c r="D751" s="12">
         <v>9</v>
       </c>
       <c r="E751" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F751" s="13">
         <v>1727500</v>
       </c>
       <c r="G751" s="16" t="s">
-        <v>1628</v>
+        <v>1626</v>
       </c>
       <c r="H751" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I751" s="14" t="s">
         <v>206</v>
       </c>
       <c r="J751" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K751" s="20"/>
     </row>
     <row r="752" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A752" s="13">
         <v>750</v>
       </c>
       <c r="B752" s="19">
         <v>45868</v>
       </c>
       <c r="C752" s="11" t="s">
-        <v>1601</v>
+        <v>1599</v>
       </c>
       <c r="D752" s="12">
         <v>9</v>
       </c>
       <c r="E752" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F752" s="13">
         <v>1727487</v>
       </c>
       <c r="G752" s="16" t="s">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="H752" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I752" s="14" t="s">
         <v>206</v>
       </c>
       <c r="J752" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K752" s="20"/>
     </row>
     <row r="753" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A753" s="13">
         <v>751</v>
       </c>
       <c r="B753" s="19">
         <v>45868</v>
       </c>
       <c r="C753" s="11" t="s">
-        <v>1602</v>
+        <v>1600</v>
       </c>
       <c r="D753" s="12">
         <v>5.5</v>
       </c>
       <c r="E753" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F753" s="13">
         <v>1727494</v>
       </c>
       <c r="G753" s="16" t="s">
-        <v>1098</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1096</v>
+      </c>
+      <c r="H753" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I753" s="14" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
       <c r="J753" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K753" s="20" t="s">
-        <v>1651</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="754" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A754" s="13">
         <v>752</v>
       </c>
       <c r="B754" s="19">
         <v>45868</v>
       </c>
       <c r="C754" s="11" t="s">
-        <v>1603</v>
+        <v>1601</v>
       </c>
       <c r="D754" s="12">
         <v>16.350000000000001</v>
       </c>
       <c r="E754" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F754" s="13">
         <v>1727496</v>
       </c>
       <c r="G754" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H754" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I754" s="14" t="s">
-        <v>1410</v>
+        <v>1408</v>
       </c>
       <c r="J754" s="13" t="s">
-        <v>1267</v>
-[...1 lines deleted...]
-      <c r="K754" s="20"/>
+        <v>29</v>
+      </c>
+      <c r="K754" s="14" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="755" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A755" s="13">
         <v>753</v>
       </c>
       <c r="B755" s="19">
         <v>45868</v>
       </c>
       <c r="C755" s="11" t="s">
-        <v>1604</v>
+        <v>1602</v>
       </c>
       <c r="D755" s="12">
         <v>9</v>
       </c>
       <c r="E755" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F755" s="13">
         <v>1727510</v>
       </c>
       <c r="G755" s="16" t="s">
-        <v>1630</v>
+        <v>1628</v>
       </c>
       <c r="H755" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I755" s="14" t="s">
         <v>206</v>
       </c>
       <c r="J755" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K755" s="20"/>
     </row>
     <row r="756" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A756" s="13">
         <v>754</v>
       </c>
       <c r="B756" s="19">
         <v>45868</v>
       </c>
       <c r="C756" s="11" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="D756" s="12">
         <v>9</v>
       </c>
       <c r="E756" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F756" s="13">
         <v>1727504</v>
       </c>
       <c r="G756" s="16" t="s">
-        <v>1631</v>
+        <v>1629</v>
       </c>
       <c r="H756" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I756" s="14" t="s">
         <v>206</v>
       </c>
       <c r="J756" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K756" s="20"/>
     </row>
     <row r="757" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A757" s="13">
         <v>755</v>
       </c>
       <c r="B757" s="19">
         <v>45869</v>
       </c>
       <c r="C757" s="11" t="s">
-        <v>1606</v>
+        <v>1604</v>
       </c>
       <c r="D757" s="12">
         <v>18</v>
       </c>
       <c r="E757" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F757" s="13">
         <v>1727640</v>
       </c>
       <c r="G757" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H757" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I757" s="14" t="s">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="J757" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K757" s="20" t="s">
-        <v>1654</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="758" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A758" s="13">
         <v>756</v>
       </c>
       <c r="B758" s="19">
         <v>45869</v>
       </c>
       <c r="C758" s="11" t="s">
-        <v>1607</v>
+        <v>1605</v>
       </c>
       <c r="D758" s="12">
         <v>13.01</v>
       </c>
       <c r="E758" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F758" s="13">
         <v>1727650</v>
       </c>
       <c r="G758" s="16" t="s">
-        <v>1570</v>
+        <v>1568</v>
       </c>
       <c r="H758" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I758" s="14" t="s">
-        <v>1579</v>
+        <v>1577</v>
       </c>
       <c r="J758" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K758" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="759" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A759" s="13">
         <v>757</v>
       </c>
       <c r="B759" s="19">
         <v>45869</v>
       </c>
       <c r="C759" s="11" t="s">
-        <v>1608</v>
+        <v>1606</v>
       </c>
       <c r="D759" s="12">
         <v>12.1</v>
       </c>
       <c r="E759" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F759" s="13">
         <v>1727691</v>
       </c>
       <c r="G759" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H759" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I759" s="14" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="J759" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K759" s="20" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="760" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A760" s="13">
         <v>758</v>
       </c>
       <c r="B760" s="19">
         <v>45869</v>
       </c>
       <c r="C760" s="11" t="s">
-        <v>1609</v>
+        <v>1607</v>
       </c>
       <c r="D760" s="12">
         <v>9</v>
       </c>
       <c r="E760" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F760" s="13">
         <v>1727758</v>
       </c>
       <c r="G760" s="16" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="H760" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I760" s="14" t="s">
         <v>206</v>
       </c>
       <c r="J760" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K760" s="20"/>
     </row>
     <row r="761" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A761" s="13">
         <v>759</v>
       </c>
       <c r="B761" s="19">
         <v>45869</v>
       </c>
       <c r="C761" s="11" t="s">
-        <v>1610</v>
+        <v>1608</v>
       </c>
       <c r="D761" s="12">
         <v>9</v>
       </c>
       <c r="E761" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F761" s="13">
         <v>1727776</v>
       </c>
       <c r="G761" s="16" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="H761" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I761" s="14" t="s">
         <v>206</v>
       </c>
       <c r="J761" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K761" s="20"/>
     </row>
     <row r="762" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A762" s="13">
         <v>760</v>
       </c>
       <c r="B762" s="19">
         <v>45869</v>
       </c>
       <c r="C762" s="11" t="s">
-        <v>1611</v>
+        <v>1609</v>
       </c>
       <c r="D762" s="12">
         <v>24.99</v>
       </c>
       <c r="E762" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F762" s="13">
         <v>1727827</v>
       </c>
       <c r="G762" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H762" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I762" s="14" t="s">
-        <v>1646</v>
+        <v>1644</v>
       </c>
       <c r="J762" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K762" s="20" t="s">
-        <v>1655</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="763" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A763" s="13">
         <v>761</v>
       </c>
       <c r="B763" s="19">
         <v>45869</v>
       </c>
       <c r="C763" s="11" t="s">
-        <v>1612</v>
+        <v>1610</v>
       </c>
       <c r="D763" s="12">
         <v>25</v>
       </c>
       <c r="E763" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F763" s="13">
         <v>1727894</v>
       </c>
       <c r="G763" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H763" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I763" s="14" t="s">
-        <v>1641</v>
+        <v>1639</v>
       </c>
       <c r="J763" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K763" s="20" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="764" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A764" s="13">
         <v>762</v>
       </c>
       <c r="B764" s="19">
         <v>45869</v>
       </c>
       <c r="C764" s="11" t="s">
-        <v>1613</v>
+        <v>1611</v>
       </c>
       <c r="D764" s="12">
         <v>17.600000000000001</v>
       </c>
       <c r="E764" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F764" s="13">
         <v>1727914</v>
       </c>
       <c r="G764" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H764" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I764" s="14" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="J764" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K764" s="20" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="765" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A765" s="13">
         <v>763</v>
       </c>
       <c r="B765" s="19">
         <v>45869</v>
       </c>
       <c r="C765" s="11" t="s">
-        <v>1614</v>
+        <v>1612</v>
       </c>
       <c r="D765" s="12">
         <v>12</v>
       </c>
       <c r="E765" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F765" s="13">
         <v>1727973</v>
       </c>
       <c r="G765" s="16" t="s">
-        <v>1634</v>
+        <v>1632</v>
       </c>
       <c r="H765" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I765" s="14" t="s">
-        <v>1642</v>
+        <v>1640</v>
       </c>
       <c r="J765" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K765" s="20"/>
     </row>
     <row r="766" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A766" s="13">
         <v>764</v>
       </c>
       <c r="B766" s="19">
         <v>45869</v>
       </c>
       <c r="C766" s="11" t="s">
-        <v>1615</v>
+        <v>1613</v>
       </c>
       <c r="D766" s="12">
         <v>20</v>
       </c>
       <c r="E766" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F766" s="13">
         <v>1727977</v>
       </c>
       <c r="G766" s="16" t="s">
-        <v>1635</v>
+        <v>1633</v>
       </c>
       <c r="H766" s="14" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="I766" s="14" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="J766" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K766" s="20" t="s">
-        <v>1657</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="767" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A767" s="13">
         <v>765</v>
       </c>
       <c r="B767" s="19">
         <v>45869</v>
       </c>
       <c r="C767" s="11" t="s">
-        <v>1616</v>
+        <v>1614</v>
       </c>
       <c r="D767" s="12">
-        <v>15</v>
+        <v>14.72</v>
       </c>
       <c r="E767" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F767" s="13">
         <v>1728014</v>
       </c>
       <c r="G767" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H767" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I767" s="14" t="s">
-        <v>1643</v>
+        <v>1641</v>
       </c>
       <c r="J767" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K767" s="20"/>
     </row>
     <row r="768" spans="1:11" s="23" customFormat="1" ht="99" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A768" s="13">
         <v>766</v>
       </c>
       <c r="B768" s="19">
         <v>45869</v>
       </c>
       <c r="C768" s="11" t="s">
-        <v>1617</v>
+        <v>1615</v>
       </c>
       <c r="D768" s="12">
         <v>13.75</v>
       </c>
       <c r="E768" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F768" s="13">
         <v>1728134</v>
       </c>
       <c r="G768" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H768" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I768" s="14" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="J768" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K768" s="20" t="s">
-        <v>1656</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="769" spans="1:11" s="23" customFormat="1" ht="89" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A769" s="13">
         <v>767</v>
       </c>
       <c r="B769" s="19">
         <v>45869</v>
       </c>
       <c r="C769" s="11" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
       <c r="D769" s="12">
         <v>7</v>
       </c>
       <c r="E769" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F769" s="13">
         <v>1728161</v>
       </c>
       <c r="G769" s="16" t="s">
-        <v>1636</v>
+        <v>1634</v>
       </c>
       <c r="H769" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I769" s="14" t="s">
         <v>216</v>
       </c>
       <c r="J769" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K769" s="20" t="s">
-        <v>1650</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="770" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A770" s="13">
         <v>768</v>
       </c>
       <c r="B770" s="19">
         <v>45869</v>
       </c>
       <c r="C770" s="11" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="D770" s="12">
         <v>8</v>
       </c>
       <c r="E770" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F770" s="13">
         <v>1728201</v>
       </c>
       <c r="G770" s="16" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
       <c r="H770" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I770" s="14" t="s">
-        <v>1483</v>
+        <v>1481</v>
       </c>
       <c r="J770" s="13" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K770" s="20"/>
     </row>
     <row r="771" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A771" s="13">
         <v>769</v>
       </c>
       <c r="B771" s="19">
         <v>45869</v>
       </c>
       <c r="C771" s="11" t="s">
-        <v>1620</v>
+        <v>1618</v>
       </c>
       <c r="D771" s="12">
         <v>10</v>
       </c>
       <c r="E771" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F771" s="13">
         <v>1728177</v>
       </c>
       <c r="G771" s="16" t="s">
-        <v>1637</v>
+        <v>1635</v>
       </c>
       <c r="H771" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I771" s="14" t="s">
-        <v>1644</v>
+        <v>1642</v>
       </c>
       <c r="J771" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K771" s="20" t="s">
-        <v>1653</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="772" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A772" s="13">
         <v>770</v>
       </c>
       <c r="B772" s="19">
         <v>45869</v>
       </c>
       <c r="C772" s="11" t="s">
-        <v>1621</v>
+        <v>1619</v>
       </c>
       <c r="D772" s="12">
         <v>9.8000000000000007</v>
       </c>
       <c r="E772" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F772" s="13">
         <v>1728194</v>
       </c>
       <c r="G772" s="16" t="s">
-        <v>1280</v>
+        <v>1278</v>
       </c>
       <c r="H772" s="14" t="s">
-        <v>1436</v>
+        <v>1434</v>
       </c>
       <c r="I772" s="14" t="s">
-        <v>1645</v>
+        <v>1643</v>
       </c>
       <c r="J772" s="13" t="s">
-        <v>1267</v>
+        <v>879</v>
       </c>
       <c r="K772" s="20"/>
     </row>
     <row r="773" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A773" s="13">
         <v>771</v>
       </c>
       <c r="B773" s="19">
         <v>45875</v>
       </c>
       <c r="C773" s="11" t="s">
-        <v>1658</v>
+        <v>1656</v>
       </c>
       <c r="D773" s="12">
         <v>3</v>
       </c>
       <c r="E773" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F773" s="13">
         <v>1730448</v>
       </c>
       <c r="G773" s="16" t="s">
-        <v>1680</v>
+        <v>1678</v>
       </c>
       <c r="H773" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I773" s="14" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="J773" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K773" s="14" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="774" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A774" s="13">
         <v>772</v>
       </c>
       <c r="B774" s="19">
         <v>45889</v>
       </c>
       <c r="C774" s="11" t="s">
-        <v>1659</v>
+        <v>1657</v>
       </c>
       <c r="D774" s="12">
         <v>11</v>
       </c>
       <c r="E774" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F774" s="13">
         <v>1736555</v>
       </c>
       <c r="G774" s="25" t="s">
         <v>351</v>
       </c>
       <c r="H774" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I774" s="14" t="s">
         <v>352</v>
       </c>
       <c r="J774" s="13" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K774" s="20"/>
     </row>
     <row r="775" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A775" s="13">
         <v>773</v>
       </c>
       <c r="B775" s="19">
         <v>45890</v>
       </c>
       <c r="C775" s="11" t="s">
-        <v>1660</v>
+        <v>1658</v>
       </c>
       <c r="D775" s="12">
         <v>13</v>
       </c>
       <c r="E775" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F775" s="13">
         <v>1736803</v>
       </c>
       <c r="G775" s="16" t="s">
-        <v>1681</v>
+        <v>1679</v>
       </c>
       <c r="H775" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I775" s="14" t="s">
-        <v>1642</v>
+        <v>1640</v>
       </c>
       <c r="J775" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K775" s="20"/>
     </row>
     <row r="776" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A776" s="13">
         <v>774</v>
       </c>
       <c r="B776" s="19">
         <v>45895</v>
       </c>
       <c r="C776" s="11" t="s">
-        <v>1661</v>
+        <v>1659</v>
       </c>
       <c r="D776" s="12">
         <v>24.99</v>
       </c>
       <c r="E776" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F776" s="13">
         <v>1738600</v>
       </c>
       <c r="G776" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H776" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I776" s="14" t="s">
-        <v>1646</v>
+        <v>1644</v>
       </c>
       <c r="J776" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K776" s="20" t="s">
-        <v>1698</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="777" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A777" s="13">
         <v>775</v>
       </c>
       <c r="B777" s="19">
         <v>45895</v>
       </c>
       <c r="C777" s="11" t="s">
-        <v>1662</v>
+        <v>1660</v>
       </c>
       <c r="D777" s="12">
         <v>25</v>
       </c>
       <c r="E777" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F777" s="13">
         <v>1738804</v>
       </c>
       <c r="G777" s="25" t="s">
-        <v>1682</v>
+        <v>1680</v>
       </c>
       <c r="H777" s="14" t="s">
         <v>101</v>
       </c>
       <c r="I777" s="14" t="s">
-        <v>1689</v>
+        <v>1687</v>
       </c>
       <c r="J777" s="13" t="s">
         <v>29</v>
       </c>
       <c r="K777" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="778" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A778" s="13">
         <v>776</v>
       </c>
       <c r="B778" s="19">
         <v>45897</v>
       </c>
       <c r="C778" s="11" t="s">
-        <v>1663</v>
+        <v>1661</v>
       </c>
       <c r="D778" s="12">
         <v>18</v>
       </c>
       <c r="E778" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F778" s="13">
         <v>1739773</v>
       </c>
       <c r="G778" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H778" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I778" s="14" t="s">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="J778" s="13" t="s">
-        <v>1267</v>
+        <v>879</v>
       </c>
       <c r="K778" s="20"/>
     </row>
     <row r="779" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A779" s="13">
         <v>777</v>
       </c>
       <c r="B779" s="19">
         <v>45897</v>
       </c>
       <c r="C779" s="11" t="s">
-        <v>1664</v>
+        <v>1662</v>
       </c>
       <c r="D779" s="12">
         <v>8</v>
       </c>
       <c r="E779" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F779" s="13">
         <v>1739806</v>
       </c>
       <c r="G779" s="25" t="s">
         <v>420</v>
       </c>
       <c r="H779" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I779" s="14" t="s">
         <v>421</v>
       </c>
       <c r="J779" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K779" s="20"/>
     </row>
     <row r="780" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A780" s="13">
         <v>778</v>
       </c>
       <c r="B780" s="19">
         <v>45897</v>
       </c>
       <c r="C780" s="11" t="s">
-        <v>1665</v>
+        <v>1663</v>
       </c>
       <c r="D780" s="12">
         <v>24.9</v>
       </c>
       <c r="E780" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F780" s="13">
         <v>1739911</v>
       </c>
       <c r="G780" s="16" t="s">
-        <v>1683</v>
+        <v>1681</v>
       </c>
       <c r="H780" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I780" s="14" t="s">
-        <v>1690</v>
+        <v>1688</v>
       </c>
       <c r="J780" s="13" t="s">
-        <v>1267</v>
+        <v>879</v>
       </c>
       <c r="K780" s="20"/>
     </row>
     <row r="781" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A781" s="13">
         <v>779</v>
       </c>
       <c r="B781" s="19">
         <v>45897</v>
       </c>
       <c r="C781" s="11" t="s">
-        <v>1666</v>
+        <v>1664</v>
       </c>
       <c r="D781" s="12">
         <v>13.75</v>
       </c>
       <c r="E781" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F781" s="13">
         <v>1740040</v>
       </c>
       <c r="G781" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H781" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I781" s="14" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="J781" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K781" s="20"/>
     </row>
     <row r="782" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A782" s="13">
         <v>780</v>
       </c>
       <c r="B782" s="19">
         <v>45897</v>
       </c>
       <c r="C782" s="11" t="s">
-        <v>1667</v>
+        <v>1665</v>
       </c>
       <c r="D782" s="12">
         <v>15</v>
       </c>
       <c r="E782" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F782" s="13">
         <v>1740083</v>
       </c>
       <c r="G782" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H782" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I782" s="14" t="s">
-        <v>1691</v>
+        <v>1689</v>
       </c>
       <c r="J782" s="13" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K782" s="20"/>
     </row>
     <row r="783" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A783" s="13">
         <v>781</v>
       </c>
       <c r="B783" s="19">
         <v>45897</v>
       </c>
       <c r="C783" s="11" t="s">
-        <v>1668</v>
+        <v>1666</v>
       </c>
       <c r="D783" s="12">
         <v>15</v>
       </c>
       <c r="E783" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F783" s="13">
         <v>1740065</v>
       </c>
       <c r="G783" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H783" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I783" s="14" t="s">
-        <v>1691</v>
+        <v>1689</v>
       </c>
       <c r="J783" s="13" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K783" s="20"/>
     </row>
     <row r="784" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A784" s="13">
         <v>782</v>
       </c>
       <c r="B784" s="19">
         <v>45898</v>
       </c>
       <c r="C784" s="11" t="s">
-        <v>1669</v>
+        <v>1667</v>
       </c>
       <c r="D784" s="12">
         <v>7.3</v>
       </c>
       <c r="E784" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F784" s="13">
         <v>1740379</v>
       </c>
       <c r="G784" s="25" t="s">
-        <v>1387</v>
+        <v>1385</v>
       </c>
       <c r="H784" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I784" s="14" t="s">
-        <v>1455</v>
+        <v>1453</v>
       </c>
       <c r="J784" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K784" s="20"/>
     </row>
     <row r="785" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A785" s="13">
         <v>783</v>
       </c>
       <c r="B785" s="19">
         <v>45898</v>
       </c>
       <c r="C785" s="11" t="s">
-        <v>1670</v>
+        <v>1668</v>
       </c>
       <c r="D785" s="12">
         <v>17.600000000000001</v>
       </c>
       <c r="E785" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F785" s="13">
         <v>1740441</v>
       </c>
       <c r="G785" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H785" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I785" s="14" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="J785" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K785" s="20" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="786" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A786" s="13">
         <v>784</v>
       </c>
       <c r="B786" s="19">
         <v>45898</v>
       </c>
       <c r="C786" s="11" t="s">
-        <v>1671</v>
+        <v>1669</v>
       </c>
       <c r="D786" s="12">
         <v>25</v>
       </c>
       <c r="E786" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F786" s="13">
         <v>1740469</v>
       </c>
       <c r="G786" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H786" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I786" s="14" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="J786" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K786" s="20" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="787" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A787" s="13">
         <v>785</v>
       </c>
       <c r="B787" s="19">
         <v>45898</v>
       </c>
       <c r="C787" s="11" t="s">
-        <v>1672</v>
+        <v>1670</v>
       </c>
       <c r="D787" s="12">
         <v>15</v>
       </c>
       <c r="E787" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F787" s="13">
         <v>1740608</v>
       </c>
       <c r="G787" s="25" t="s">
-        <v>1684</v>
+        <v>1682</v>
       </c>
       <c r="H787" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I787" s="14" t="s">
-        <v>1693</v>
+        <v>1691</v>
       </c>
       <c r="J787" s="13" t="s">
-        <v>1267</v>
+        <v>879</v>
       </c>
       <c r="K787" s="20"/>
     </row>
     <row r="788" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A788" s="13">
         <v>786</v>
       </c>
       <c r="B788" s="19">
         <v>45898</v>
       </c>
       <c r="C788" s="11" t="s">
-        <v>1673</v>
+        <v>1671</v>
       </c>
       <c r="D788" s="12">
         <v>8</v>
       </c>
       <c r="E788" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F788" s="13">
         <v>1740636</v>
       </c>
       <c r="G788" s="25" t="s">
-        <v>1685</v>
+        <v>1683</v>
       </c>
       <c r="H788" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I788" s="14" t="s">
-        <v>1694</v>
+        <v>1692</v>
       </c>
       <c r="J788" s="13" t="s">
-        <v>1267</v>
+        <v>879</v>
       </c>
       <c r="K788" s="20"/>
     </row>
     <row r="789" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A789" s="13">
         <v>787</v>
       </c>
       <c r="B789" s="19">
         <v>45899</v>
       </c>
       <c r="C789" s="11" t="s">
-        <v>1674</v>
+        <v>1672</v>
       </c>
       <c r="D789" s="12">
         <v>10</v>
       </c>
       <c r="E789" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F789" s="13">
         <v>1740889</v>
       </c>
       <c r="G789" s="25" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="H789" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I789" s="14" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="J789" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K789" s="20" t="s">
-        <v>981</v>
+        <v>980</v>
       </c>
     </row>
     <row r="790" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A790" s="13">
         <v>788</v>
       </c>
       <c r="B790" s="19">
         <v>45900</v>
       </c>
       <c r="C790" s="11" t="s">
-        <v>1675</v>
+        <v>1673</v>
       </c>
       <c r="D790" s="12">
         <v>9</v>
       </c>
       <c r="E790" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F790" s="13">
         <v>1740946</v>
       </c>
       <c r="G790" s="25" t="s">
-        <v>1686</v>
+        <v>1684</v>
       </c>
       <c r="H790" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I790" s="14" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="J790" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K790" s="20" t="s">
-        <v>1696</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="791" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A791" s="13">
         <v>789</v>
       </c>
       <c r="B791" s="19">
         <v>45900</v>
       </c>
       <c r="C791" s="11" t="s">
-        <v>1676</v>
+        <v>1674</v>
       </c>
       <c r="D791" s="12">
-        <v>5.5</v>
+        <v>5</v>
       </c>
       <c r="E791" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F791" s="13">
         <v>1741021</v>
       </c>
       <c r="G791" s="25" t="s">
-        <v>1098</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1096</v>
+      </c>
+      <c r="H791" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I791" s="14" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
       <c r="J791" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K791" s="20"/>
     </row>
     <row r="792" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A792" s="13">
         <v>790</v>
       </c>
       <c r="B792" s="19">
         <v>45900</v>
       </c>
       <c r="C792" s="11" t="s">
-        <v>1677</v>
+        <v>1675</v>
       </c>
       <c r="D792" s="12">
         <v>7</v>
       </c>
       <c r="E792" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F792" s="13">
         <v>1741027</v>
       </c>
       <c r="G792" s="25" t="s">
-        <v>1687</v>
+        <v>1685</v>
       </c>
       <c r="H792" s="14" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="I792" s="14" t="s">
-        <v>1695</v>
+        <v>1693</v>
       </c>
       <c r="J792" s="13" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K792" s="20"/>
     </row>
     <row r="793" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A793" s="13">
         <v>791</v>
       </c>
       <c r="B793" s="19">
         <v>45900</v>
       </c>
       <c r="C793" s="11" t="s">
-        <v>1678</v>
+        <v>1676</v>
       </c>
       <c r="D793" s="12">
         <v>25</v>
       </c>
       <c r="E793" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F793" s="13">
         <v>1741045</v>
       </c>
       <c r="G793" s="25" t="s">
-        <v>1351</v>
+        <v>1349</v>
       </c>
       <c r="H793" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I793" s="14" t="s">
-        <v>1352</v>
+        <v>1350</v>
       </c>
       <c r="J793" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K793" s="20" t="s">
-        <v>1697</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="794" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A794" s="13">
         <v>792</v>
       </c>
       <c r="B794" s="19">
         <v>45900</v>
       </c>
       <c r="C794" s="11" t="s">
-        <v>1679</v>
+        <v>1677</v>
       </c>
       <c r="D794" s="12">
         <v>18.53</v>
       </c>
       <c r="E794" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F794" s="13">
         <v>1741090</v>
       </c>
       <c r="G794" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H794" s="14" t="s">
         <v>264</v>
       </c>
       <c r="I794" s="14" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
       <c r="J794" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K794" s="20"/>
     </row>
     <row r="795" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A795" s="13">
         <v>793</v>
       </c>
       <c r="B795" s="19">
         <v>45902</v>
       </c>
       <c r="C795" s="11" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
       <c r="D795" s="12">
         <v>15</v>
       </c>
       <c r="E795" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F795" s="13">
         <v>1741909</v>
       </c>
       <c r="G795" s="16" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="H795" s="14" t="s">
         <v>39</v>
       </c>
       <c r="I795" s="14" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="J795" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K795" s="20"/>
     </row>
     <row r="796" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A796" s="13">
         <v>794</v>
       </c>
       <c r="B796" s="19">
         <v>45911</v>
       </c>
       <c r="C796" s="11" t="s">
-        <v>1701</v>
+        <v>1699</v>
       </c>
       <c r="D796" s="12">
         <v>25</v>
       </c>
       <c r="E796" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F796" s="13">
         <v>1745737</v>
       </c>
       <c r="G796" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H796" s="14" t="s">
         <v>234</v>
       </c>
       <c r="I796" s="14" t="s">
-        <v>1742</v>
+        <v>1740</v>
       </c>
       <c r="J796" s="13" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K796" s="20"/>
     </row>
     <row r="797" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A797" s="13">
         <v>795</v>
       </c>
       <c r="B797" s="19">
         <v>45915</v>
       </c>
       <c r="C797" s="11" t="s">
-        <v>1702</v>
+        <v>1700</v>
       </c>
       <c r="D797" s="12">
         <v>20</v>
       </c>
       <c r="E797" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F797" s="13">
         <v>1746943</v>
       </c>
       <c r="G797" s="16" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="H797" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I797" s="14" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="J797" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K797" s="20"/>
     </row>
     <row r="798" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A798" s="13">
         <v>796</v>
       </c>
       <c r="B798" s="19">
         <v>45915</v>
       </c>
       <c r="C798" s="11" t="s">
-        <v>1703</v>
+        <v>1701</v>
       </c>
       <c r="D798" s="12">
         <v>20</v>
       </c>
       <c r="E798" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F798" s="13">
         <v>1746934</v>
       </c>
       <c r="G798" s="16" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="H798" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I798" s="14" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="J798" s="13" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K798" s="20"/>
     </row>
     <row r="799" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A799" s="13">
         <v>797</v>
       </c>
       <c r="B799" s="19">
         <v>45924</v>
       </c>
       <c r="C799" s="11" t="s">
-        <v>1704</v>
+        <v>1702</v>
       </c>
       <c r="D799" s="12">
         <v>9</v>
       </c>
       <c r="E799" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F799" s="13">
         <v>1750909</v>
       </c>
       <c r="G799" s="16" t="s">
-        <v>1686</v>
+        <v>1684</v>
       </c>
       <c r="H799" s="14" t="s">
         <v>68</v>
       </c>
       <c r="I799" s="14" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="J799" s="13" t="s">
-        <v>1267</v>
-[...1 lines deleted...]
-      <c r="K799" s="20"/>
+        <v>29</v>
+      </c>
+      <c r="K799" s="14" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="800" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A800" s="13">
         <v>798</v>
       </c>
       <c r="B800" s="19">
         <v>45925</v>
       </c>
       <c r="C800" s="11" t="s">
-        <v>1705</v>
+        <v>1703</v>
       </c>
       <c r="D800" s="12">
         <v>8</v>
       </c>
       <c r="E800" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F800" s="13">
         <v>1751218</v>
       </c>
       <c r="G800" s="16" t="s">
-        <v>1726</v>
+        <v>1724</v>
       </c>
       <c r="H800" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I800" s="14" t="s">
         <v>216</v>
       </c>
       <c r="J800" s="13" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K800" s="20"/>
     </row>
     <row r="801" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A801" s="13">
         <v>799</v>
       </c>
       <c r="B801" s="19">
         <v>45925</v>
       </c>
       <c r="C801" s="11" t="s">
-        <v>1706</v>
+        <v>1704</v>
       </c>
       <c r="D801" s="12">
         <v>25</v>
       </c>
       <c r="E801" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F801" s="13">
         <v>1751276</v>
       </c>
       <c r="G801" s="16" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="H801" s="14" t="s">
         <v>86</v>
       </c>
       <c r="I801" s="14" t="s">
         <v>333</v>
       </c>
       <c r="J801" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K801" s="20" t="s">
-        <v>981</v>
+        <v>980</v>
       </c>
     </row>
     <row r="802" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A802" s="13">
         <v>800</v>
       </c>
       <c r="B802" s="19">
         <v>45925</v>
       </c>
       <c r="C802" s="11" t="s">
-        <v>1707</v>
+        <v>1705</v>
       </c>
       <c r="D802" s="12">
         <v>12.1</v>
       </c>
       <c r="E802" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F802" s="13">
         <v>1751305</v>
       </c>
       <c r="G802" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H802" s="14" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I802" s="14" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="J802" s="13" t="s">
-        <v>1267</v>
-[...1 lines deleted...]
-      <c r="K802" s="20"/>
+        <v>29</v>
+      </c>
+      <c r="K802" s="14" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="803" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A803" s="13">
         <v>801</v>
       </c>
       <c r="B803" s="19">
         <v>45925</v>
       </c>
       <c r="C803" s="11" t="s">
-        <v>1708</v>
+        <v>1706</v>
       </c>
       <c r="D803" s="12">
         <v>10</v>
       </c>
       <c r="E803" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F803" s="13">
         <v>1751414</v>
       </c>
       <c r="G803" s="16" t="s">
-        <v>1727</v>
+        <v>1725</v>
       </c>
       <c r="H803" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I803" s="14" t="s">
-        <v>1758</v>
+        <v>1756</v>
       </c>
       <c r="J803" s="13" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K803" s="20"/>
     </row>
     <row r="804" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A804" s="13">
         <v>802</v>
       </c>
       <c r="B804" s="19">
         <v>45925</v>
       </c>
       <c r="C804" s="11" t="s">
-        <v>1709</v>
+        <v>1707</v>
       </c>
       <c r="D804" s="12">
         <v>10</v>
       </c>
       <c r="E804" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F804" s="13">
         <v>1751418</v>
       </c>
       <c r="G804" s="16" t="s">
-        <v>1728</v>
+        <v>1726</v>
       </c>
       <c r="H804" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I804" s="14" t="s">
-        <v>1759</v>
+        <v>1757</v>
       </c>
       <c r="J804" s="13" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K804" s="20"/>
     </row>
     <row r="805" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A805" s="13">
         <v>803</v>
       </c>
       <c r="B805" s="19">
         <v>45925</v>
       </c>
       <c r="C805" s="11" t="s">
-        <v>1710</v>
+        <v>1708</v>
       </c>
       <c r="D805" s="12">
         <v>10</v>
       </c>
       <c r="E805" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F805" s="13">
         <v>1751471</v>
       </c>
       <c r="G805" s="16" t="s">
-        <v>1729</v>
+        <v>1727</v>
       </c>
       <c r="H805" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I805" s="14" t="s">
-        <v>1759</v>
+        <v>1757</v>
       </c>
       <c r="J805" s="13" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K805" s="20"/>
     </row>
     <row r="806" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A806" s="13">
         <v>804</v>
       </c>
       <c r="B806" s="19">
         <v>45928</v>
       </c>
       <c r="C806" s="11" t="s">
-        <v>1711</v>
+        <v>1709</v>
       </c>
       <c r="D806" s="12">
         <v>25</v>
       </c>
       <c r="E806" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F806" s="13">
         <v>1752474</v>
       </c>
       <c r="G806" s="16" t="s">
-        <v>1351</v>
+        <v>1349</v>
       </c>
       <c r="H806" s="14" t="s">
         <v>93</v>
       </c>
       <c r="I806" s="14" t="s">
-        <v>1352</v>
+        <v>1350</v>
       </c>
       <c r="J806" s="13" t="s">
-        <v>880</v>
+        <v>17</v>
       </c>
       <c r="K806" s="20"/>
     </row>
     <row r="807" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A807" s="13">
         <v>805</v>
       </c>
       <c r="B807" s="19">
         <v>45929</v>
       </c>
       <c r="C807" s="11" t="s">
-        <v>1712</v>
+        <v>1710</v>
       </c>
       <c r="D807" s="12">
         <v>20</v>
       </c>
       <c r="E807" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F807" s="13">
         <v>1752854</v>
       </c>
       <c r="G807" s="16" t="s">
-        <v>1635</v>
+        <v>1633</v>
       </c>
       <c r="H807" s="14" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="I807" s="14" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="J807" s="13" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K807" s="20"/>
     </row>
     <row r="808" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A808" s="13">
         <v>806</v>
       </c>
       <c r="B808" s="19">
         <v>45929</v>
       </c>
       <c r="C808" s="11" t="s">
-        <v>1713</v>
+        <v>1711</v>
       </c>
       <c r="D808" s="12">
         <v>10</v>
       </c>
       <c r="E808" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F808" s="13">
         <v>1752936</v>
       </c>
       <c r="G808" s="16" t="s">
-        <v>1730</v>
+        <v>1728</v>
       </c>
       <c r="H808" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I808" s="14" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="J808" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K808" s="20" t="s">
-        <v>1755</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="809" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A809" s="13">
         <v>807</v>
       </c>
       <c r="B809" s="19">
         <v>45929</v>
       </c>
       <c r="C809" s="11" t="s">
-        <v>1714</v>
+        <v>1712</v>
       </c>
       <c r="D809" s="12">
         <v>10</v>
       </c>
       <c r="E809" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F809" s="13">
         <v>1752955</v>
       </c>
       <c r="G809" s="16" t="s">
-        <v>1731</v>
+        <v>1729</v>
       </c>
       <c r="H809" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I809" s="14" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="J809" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K809" s="20" t="s">
-        <v>1755</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="810" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A810" s="13">
         <v>808</v>
       </c>
       <c r="B810" s="19">
         <v>45929</v>
       </c>
       <c r="C810" s="11" t="s">
-        <v>1715</v>
+        <v>1713</v>
       </c>
       <c r="D810" s="12">
         <v>10</v>
       </c>
       <c r="E810" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F810" s="13">
         <v>1752976</v>
       </c>
       <c r="G810" s="16" t="s">
-        <v>1732</v>
+        <v>1730</v>
       </c>
       <c r="H810" s="14" t="s">
         <v>150</v>
       </c>
       <c r="I810" s="14" t="s">
-        <v>1743</v>
+        <v>1741</v>
       </c>
       <c r="J810" s="13" t="s">
         <v>24</v>
       </c>
       <c r="K810" s="20" t="s">
-        <v>1754</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="811" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A811" s="13">
         <v>809</v>
       </c>
       <c r="B811" s="19">
         <v>45930</v>
       </c>
       <c r="C811" s="11" t="s">
-        <v>1716</v>
+        <v>1714</v>
       </c>
       <c r="D811" s="12">
         <v>20</v>
       </c>
       <c r="E811" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F811" s="13">
         <v>1753173</v>
       </c>
       <c r="G811" s="16" t="s">
-        <v>1733</v>
+        <v>1731</v>
       </c>
       <c r="H811" s="33" t="s">
         <v>234</v>
       </c>
       <c r="I811" s="33" t="s">
-        <v>1744</v>
-[...4 lines deleted...]
-      <c r="K811" s="34"/>
+        <v>1742</v>
+      </c>
+      <c r="J811" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="K811" s="14" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="812" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A812" s="13">
         <v>810</v>
       </c>
       <c r="B812" s="19">
         <v>45930</v>
       </c>
       <c r="C812" s="11" t="s">
-        <v>1717</v>
+        <v>1715</v>
       </c>
       <c r="D812" s="12">
         <v>8</v>
       </c>
       <c r="E812" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F812" s="13">
         <v>1753241</v>
       </c>
       <c r="G812" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H812" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I812" s="33" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
       <c r="J812" s="28" t="s">
-        <v>1267</v>
+        <v>879</v>
       </c>
       <c r="K812" s="34"/>
     </row>
     <row r="813" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A813" s="13">
         <v>811</v>
       </c>
       <c r="B813" s="19">
         <v>45930</v>
       </c>
       <c r="C813" s="11" t="s">
-        <v>1718</v>
+        <v>1716</v>
       </c>
       <c r="D813" s="12">
         <v>24.99</v>
       </c>
       <c r="E813" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F813" s="13">
         <v>1753305</v>
       </c>
       <c r="G813" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H813" s="33" t="s">
         <v>63</v>
       </c>
       <c r="I813" s="33" t="s">
-        <v>1646</v>
+        <v>1644</v>
       </c>
       <c r="J813" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K813" s="34"/>
     </row>
     <row r="814" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A814" s="13">
         <v>812</v>
       </c>
       <c r="B814" s="19">
         <v>45930</v>
       </c>
       <c r="C814" s="11" t="s">
-        <v>1719</v>
+        <v>1717</v>
       </c>
       <c r="D814" s="12">
         <v>20</v>
       </c>
       <c r="E814" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F814" s="13">
         <v>1753330</v>
       </c>
       <c r="G814" s="16" t="s">
-        <v>988</v>
+        <v>987</v>
       </c>
       <c r="H814" s="33" t="s">
         <v>59</v>
       </c>
       <c r="I814" s="33" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="J814" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K814" s="34" t="s">
-        <v>1752</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="815" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A815" s="13">
         <v>813</v>
       </c>
       <c r="B815" s="19">
         <v>45930</v>
       </c>
       <c r="C815" s="11" t="s">
-        <v>1720</v>
+        <v>1718</v>
       </c>
       <c r="D815" s="12">
         <v>20</v>
       </c>
       <c r="E815" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F815" s="13">
         <v>1753331</v>
       </c>
       <c r="G815" s="16" t="s">
-        <v>1734</v>
+        <v>1732</v>
       </c>
       <c r="H815" s="33" t="s">
         <v>43</v>
       </c>
       <c r="I815" s="33" t="s">
-        <v>1745</v>
-[...4 lines deleted...]
-      <c r="K815" s="34"/>
+        <v>1743</v>
+      </c>
+      <c r="J815" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="K815" s="14" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="816" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A816" s="13">
         <v>814</v>
       </c>
       <c r="B816" s="19">
         <v>45930</v>
       </c>
       <c r="C816" s="11" t="s">
-        <v>1721</v>
+        <v>1719</v>
       </c>
       <c r="D816" s="12">
         <v>13</v>
       </c>
       <c r="E816" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F816" s="13">
         <v>1753334</v>
       </c>
       <c r="G816" s="16" t="s">
-        <v>1735</v>
+        <v>1733</v>
       </c>
       <c r="H816" s="33" t="s">
         <v>93</v>
       </c>
       <c r="I816" s="33" t="s">
-        <v>1642</v>
+        <v>1640</v>
       </c>
       <c r="J816" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K816" s="34" t="s">
-        <v>1751</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="817" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A817" s="13">
         <v>815</v>
       </c>
       <c r="B817" s="19">
         <v>45930</v>
       </c>
       <c r="C817" s="11" t="s">
-        <v>1722</v>
+        <v>1720</v>
       </c>
       <c r="D817" s="12">
         <v>25</v>
       </c>
       <c r="E817" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F817" s="13">
         <v>1753410</v>
       </c>
       <c r="G817" s="16" t="s">
-        <v>1736</v>
+        <v>1734</v>
       </c>
       <c r="H817" s="33" t="s">
         <v>55</v>
       </c>
       <c r="I817" s="33" t="s">
-        <v>1746</v>
+        <v>1744</v>
       </c>
       <c r="J817" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K817" s="34" t="s">
-        <v>1757</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="818" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A818" s="13">
         <v>816</v>
       </c>
       <c r="B818" s="19">
         <v>45930</v>
       </c>
       <c r="C818" s="11" t="s">
-        <v>1723</v>
+        <v>1721</v>
       </c>
       <c r="D818" s="12">
         <v>15</v>
       </c>
       <c r="E818" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F818" s="13">
         <v>1753452</v>
       </c>
       <c r="G818" s="16" t="s">
-        <v>1737</v>
+        <v>1735</v>
       </c>
       <c r="H818" s="33" t="s">
         <v>55</v>
       </c>
       <c r="I818" s="33" t="s">
-        <v>1747</v>
+        <v>1745</v>
       </c>
       <c r="J818" s="28" t="s">
-        <v>1267</v>
+        <v>879</v>
       </c>
       <c r="K818" s="34"/>
     </row>
     <row r="819" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A819" s="13">
         <v>817</v>
       </c>
       <c r="B819" s="19">
         <v>45930</v>
       </c>
       <c r="C819" s="11" t="s">
-        <v>1724</v>
+        <v>1722</v>
       </c>
       <c r="D819" s="12">
         <v>10</v>
       </c>
       <c r="E819" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F819" s="13">
         <v>1753475</v>
       </c>
       <c r="G819" s="16" t="s">
-        <v>1738</v>
+        <v>1736</v>
       </c>
       <c r="H819" s="33" t="s">
         <v>150</v>
       </c>
       <c r="I819" s="33" t="s">
-        <v>750</v>
-[...4 lines deleted...]
-      <c r="K819" s="34"/>
+        <v>749</v>
+      </c>
+      <c r="J819" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="K819" s="14" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="820" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A820" s="13">
         <v>818</v>
       </c>
       <c r="B820" s="19">
         <v>45930</v>
       </c>
       <c r="C820" s="11" t="s">
-        <v>1725</v>
+        <v>1723</v>
       </c>
       <c r="D820" s="12">
         <v>20</v>
       </c>
       <c r="E820" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F820" s="13">
         <v>1753541</v>
       </c>
       <c r="G820" s="16" t="s">
-        <v>1739</v>
+        <v>1737</v>
       </c>
       <c r="H820" s="33" t="s">
         <v>55</v>
       </c>
       <c r="I820" s="33" t="s">
-        <v>1748</v>
+        <v>1746</v>
       </c>
       <c r="J820" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K820" s="34" t="s">
-        <v>1756</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="821" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A821" s="13">
         <v>819</v>
       </c>
       <c r="B821" s="19">
         <v>45930</v>
       </c>
       <c r="C821" s="11" t="s">
-        <v>1760</v>
+        <v>1758</v>
       </c>
       <c r="D821" s="12">
         <v>8.5</v>
       </c>
       <c r="E821" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F821" s="13">
         <v>1753584</v>
       </c>
       <c r="G821" s="16" t="s">
-        <v>1740</v>
+        <v>1738</v>
       </c>
       <c r="H821" s="33" t="s">
         <v>73</v>
       </c>
       <c r="I821" s="33" t="s">
-        <v>1749</v>
+        <v>1747</v>
       </c>
       <c r="J821" s="28" t="s">
-        <v>1267</v>
-[...1 lines deleted...]
-      <c r="K821" s="34"/>
+        <v>29</v>
+      </c>
+      <c r="K821" s="14" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="822" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A822" s="13">
         <v>820</v>
       </c>
       <c r="B822" s="19">
         <v>45930</v>
       </c>
       <c r="C822" s="11" t="s">
-        <v>1761</v>
+        <v>1759</v>
       </c>
       <c r="D822" s="12">
         <v>10</v>
       </c>
       <c r="E822" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F822" s="13">
         <v>1753600</v>
       </c>
       <c r="G822" s="16" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="H822" s="33" t="s">
         <v>150</v>
       </c>
       <c r="I822" s="33" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="J822" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K822" s="34"/>
     </row>
     <row r="823" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A823" s="13">
         <v>821</v>
       </c>
       <c r="B823" s="19">
         <v>45930</v>
       </c>
       <c r="C823" s="11" t="s">
-        <v>1762</v>
+        <v>1760</v>
       </c>
       <c r="D823" s="12">
         <v>25</v>
       </c>
       <c r="E823" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F823" s="13">
         <v>1753684</v>
       </c>
       <c r="G823" s="16" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="H823" s="33" t="s">
         <v>150</v>
       </c>
       <c r="I823" s="33" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="J823" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K823" s="34" t="s">
-        <v>1753</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="824" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A824" s="13">
         <v>822</v>
       </c>
       <c r="B824" s="19">
         <v>45930</v>
       </c>
       <c r="C824" s="11" t="s">
-        <v>1763</v>
+        <v>1761</v>
       </c>
       <c r="D824" s="12">
         <v>10</v>
       </c>
       <c r="E824" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F824" s="13">
         <v>1753711</v>
       </c>
       <c r="G824" s="16" t="s">
-        <v>1741</v>
+        <v>1739</v>
       </c>
       <c r="H824" s="33" t="s">
-        <v>1436</v>
+        <v>1434</v>
       </c>
       <c r="I824" s="33" t="s">
-        <v>1750</v>
+        <v>1748</v>
       </c>
       <c r="J824" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K824" s="34"/>
     </row>
     <row r="825" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A825" s="13">
         <v>823</v>
       </c>
       <c r="B825" s="19">
         <v>45930</v>
       </c>
       <c r="C825" s="11" t="s">
-        <v>1764</v>
+        <v>1762</v>
       </c>
       <c r="D825" s="12">
         <v>9</v>
       </c>
       <c r="E825" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F825" s="13">
         <v>1753689</v>
       </c>
       <c r="G825" s="16" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="H825" s="33" t="s">
         <v>150</v>
       </c>
       <c r="I825" s="33" t="s">
         <v>281</v>
       </c>
       <c r="J825" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K825" s="34" t="s">
-        <v>1651</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="826" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A826" s="28">
         <v>824</v>
       </c>
       <c r="B826" s="29">
         <v>45937</v>
       </c>
       <c r="C826" s="30" t="s">
-        <v>1765</v>
+        <v>1763</v>
       </c>
       <c r="D826" s="31">
         <v>11.5</v>
       </c>
       <c r="E826" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F826" s="28">
         <v>1756104</v>
       </c>
       <c r="G826" s="32" t="s">
-        <v>1828</v>
+        <v>1826</v>
       </c>
       <c r="H826" s="33" t="s">
         <v>68</v>
       </c>
       <c r="I826" s="33" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="J826" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K826" s="34" t="s">
-        <v>1849</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="827" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A827" s="28">
         <v>825</v>
       </c>
       <c r="B827" s="29">
         <v>45943</v>
       </c>
       <c r="C827" s="30" t="s">
-        <v>1766</v>
+        <v>1764</v>
       </c>
       <c r="D827" s="31">
         <v>4.8</v>
       </c>
       <c r="E827" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F827" s="28">
         <v>1758247</v>
       </c>
       <c r="G827" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H827" s="33" t="s">
         <v>68</v>
       </c>
       <c r="I827" s="33" t="s">
-        <v>1865</v>
+        <v>1863</v>
       </c>
       <c r="J827" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K827" s="34" t="s">
-        <v>1850</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="828" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A828" s="28">
         <v>826</v>
       </c>
       <c r="B828" s="29">
         <v>45943</v>
       </c>
       <c r="C828" s="30" t="s">
-        <v>1767</v>
+        <v>1765</v>
       </c>
       <c r="D828" s="31">
         <v>24.99</v>
       </c>
       <c r="E828" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F828" s="28">
         <v>1758325</v>
       </c>
       <c r="G828" s="32" t="s">
-        <v>1624</v>
+        <v>1622</v>
       </c>
       <c r="H828" s="33" t="s">
         <v>43</v>
       </c>
       <c r="I828" s="33" t="s">
-        <v>1639</v>
+        <v>1637</v>
       </c>
       <c r="J828" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K828" s="34"/>
     </row>
     <row r="829" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A829" s="28">
         <v>827</v>
       </c>
       <c r="B829" s="29">
         <v>45950</v>
       </c>
       <c r="C829" s="30" t="s">
-        <v>1768</v>
+        <v>1766</v>
       </c>
       <c r="D829" s="31">
         <v>24.99</v>
       </c>
       <c r="E829" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F829" s="28">
         <v>1761408</v>
       </c>
       <c r="G829" s="32" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
       <c r="H829" s="33" t="s">
         <v>234</v>
       </c>
       <c r="I829" s="33" t="s">
-        <v>1177</v>
+        <v>1175</v>
       </c>
       <c r="J829" s="28" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K829" s="34"/>
     </row>
     <row r="830" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A830" s="28">
         <v>828</v>
       </c>
       <c r="B830" s="29">
         <v>45951</v>
       </c>
       <c r="C830" s="30" t="s">
-        <v>1769</v>
+        <v>1767</v>
       </c>
       <c r="D830" s="31">
         <v>13.29</v>
       </c>
       <c r="E830" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F830" s="28">
         <v>1761939</v>
       </c>
       <c r="G830" s="32" t="s">
-        <v>1829</v>
+        <v>1827</v>
       </c>
       <c r="H830" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I830" s="33" t="s">
-        <v>1478</v>
+        <v>1476</v>
       </c>
       <c r="J830" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K830" s="34" t="s">
-        <v>1851</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="831" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A831" s="28">
         <v>829</v>
       </c>
       <c r="B831" s="29">
         <v>45952</v>
       </c>
       <c r="C831" s="30" t="s">
-        <v>1770</v>
+        <v>1768</v>
       </c>
       <c r="D831" s="31">
         <v>14</v>
       </c>
       <c r="E831" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F831" s="28">
         <v>1762310</v>
       </c>
       <c r="G831" s="32" t="s">
-        <v>1830</v>
-[...1 lines deleted...]
-      <c r="H831" s="33" t="s">
+        <v>1828</v>
+      </c>
+      <c r="H831" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I831" s="33" t="s">
         <v>230</v>
       </c>
       <c r="J831" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K831" s="34"/>
     </row>
     <row r="832" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A832" s="28">
         <v>830</v>
       </c>
       <c r="B832" s="29">
         <v>45953</v>
       </c>
       <c r="C832" s="30" t="s">
-        <v>1771</v>
+        <v>1769</v>
       </c>
       <c r="D832" s="31">
         <v>7</v>
       </c>
       <c r="E832" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F832" s="28">
         <v>1762751</v>
       </c>
       <c r="G832" s="32" t="s">
-        <v>1831</v>
+        <v>1829</v>
       </c>
       <c r="H832" s="33" t="s">
         <v>73</v>
       </c>
       <c r="I832" s="33" t="s">
-        <v>1842</v>
+        <v>1840</v>
       </c>
       <c r="J832" s="28" t="s">
-        <v>1267</v>
+        <v>879</v>
       </c>
       <c r="K832" s="34"/>
     </row>
     <row r="833" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A833" s="28">
         <v>831</v>
       </c>
       <c r="B833" s="29">
         <v>45953</v>
       </c>
       <c r="C833" s="30" t="s">
-        <v>1772</v>
+        <v>1770</v>
       </c>
       <c r="D833" s="31">
         <v>17</v>
       </c>
       <c r="E833" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F833" s="28">
         <v>1762767</v>
       </c>
       <c r="G833" s="32" t="s">
-        <v>1832</v>
+        <v>1830</v>
       </c>
       <c r="H833" s="33" t="s">
         <v>39</v>
       </c>
       <c r="I833" s="33" t="s">
-        <v>1843</v>
+        <v>1841</v>
       </c>
       <c r="J833" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K833" s="34" t="s">
-        <v>1852</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="834" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A834" s="28">
         <v>832</v>
       </c>
       <c r="B834" s="29">
         <v>45953</v>
       </c>
       <c r="C834" s="30" t="s">
-        <v>1773</v>
+        <v>1771</v>
       </c>
       <c r="D834" s="31">
         <v>20</v>
       </c>
       <c r="E834" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F834" s="28">
         <v>1763054</v>
       </c>
       <c r="G834" s="32" t="s">
-        <v>1739</v>
+        <v>1737</v>
       </c>
       <c r="H834" s="33" t="s">
         <v>55</v>
       </c>
       <c r="I834" s="33" t="s">
-        <v>1748</v>
+        <v>1746</v>
       </c>
       <c r="J834" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K834" s="34"/>
     </row>
     <row r="835" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A835" s="28">
         <v>833</v>
       </c>
       <c r="B835" s="29">
         <v>45954</v>
       </c>
       <c r="C835" s="30" t="s">
-        <v>1774</v>
+        <v>1772</v>
       </c>
       <c r="D835" s="31">
         <v>20</v>
       </c>
       <c r="E835" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F835" s="28">
         <v>1763285</v>
       </c>
       <c r="G835" s="32" t="s">
-        <v>988</v>
+        <v>987</v>
       </c>
       <c r="H835" s="33" t="s">
         <v>59</v>
       </c>
       <c r="I835" s="33" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="J835" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K835" s="34"/>
     </row>
     <row r="836" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A836" s="28">
         <v>834</v>
       </c>
       <c r="B836" s="29">
         <v>45954</v>
       </c>
       <c r="C836" s="30" t="s">
-        <v>1775</v>
+        <v>1773</v>
       </c>
       <c r="D836" s="31">
         <v>13</v>
       </c>
       <c r="E836" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F836" s="28">
         <v>1763354</v>
       </c>
       <c r="G836" s="32" t="s">
-        <v>1735</v>
+        <v>1733</v>
       </c>
       <c r="H836" s="33" t="s">
         <v>93</v>
       </c>
       <c r="I836" s="33" t="s">
-        <v>1642</v>
+        <v>1640</v>
       </c>
       <c r="J836" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K836" s="34"/>
     </row>
     <row r="837" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A837" s="28">
         <v>835</v>
       </c>
       <c r="B837" s="29">
         <v>45954</v>
       </c>
       <c r="C837" s="30" t="s">
-        <v>1776</v>
+        <v>1774</v>
       </c>
       <c r="D837" s="31">
         <v>10</v>
       </c>
       <c r="E837" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F837" s="28">
         <v>1763553</v>
       </c>
       <c r="G837" s="32" t="s">
-        <v>1680</v>
+        <v>1678</v>
       </c>
       <c r="H837" s="33" t="s">
         <v>68</v>
       </c>
       <c r="I837" s="33" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="J837" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K837" s="34"/>
     </row>
     <row r="838" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A838" s="28">
         <v>836</v>
       </c>
       <c r="B838" s="29">
         <v>45957</v>
       </c>
       <c r="C838" s="30" t="s">
-        <v>1777</v>
+        <v>1775</v>
       </c>
       <c r="D838" s="31">
         <v>17.600000000000001</v>
       </c>
       <c r="E838" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F838" s="28">
         <v>1764124</v>
       </c>
       <c r="G838" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H838" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I838" s="33" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="J838" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K838" s="34" t="s">
-        <v>1853</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="839" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A839" s="28">
         <v>837</v>
       </c>
       <c r="B839" s="29">
         <v>45957</v>
       </c>
       <c r="C839" s="30" t="s">
-        <v>1778</v>
+        <v>1776</v>
       </c>
       <c r="D839" s="31">
         <v>8</v>
       </c>
       <c r="E839" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F839" s="28">
         <v>1764167</v>
       </c>
       <c r="G839" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H839" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I839" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J839" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K839" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="840" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A840" s="28">
         <v>838</v>
       </c>
       <c r="B840" s="29">
         <v>45957</v>
       </c>
       <c r="C840" s="30" t="s">
-        <v>1779</v>
+        <v>1777</v>
       </c>
       <c r="D840" s="31">
         <v>8</v>
       </c>
       <c r="E840" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F840" s="28">
         <v>1764181</v>
       </c>
       <c r="G840" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H840" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I840" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J840" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K840" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="841" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A841" s="28">
         <v>839</v>
       </c>
       <c r="B841" s="29">
         <v>45957</v>
       </c>
       <c r="C841" s="30" t="s">
-        <v>1780</v>
+        <v>1778</v>
       </c>
       <c r="D841" s="31">
         <v>8</v>
       </c>
       <c r="E841" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F841" s="28">
         <v>1764182</v>
       </c>
       <c r="G841" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H841" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I841" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J841" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K841" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="842" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A842" s="28">
         <v>840</v>
       </c>
       <c r="B842" s="29">
         <v>45957</v>
       </c>
       <c r="C842" s="30" t="s">
-        <v>1781</v>
+        <v>1779</v>
       </c>
       <c r="D842" s="31">
         <v>8</v>
       </c>
       <c r="E842" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F842" s="28">
         <v>1764200</v>
       </c>
       <c r="G842" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H842" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I842" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J842" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K842" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="843" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A843" s="28">
         <v>841</v>
       </c>
       <c r="B843" s="29">
         <v>45957</v>
       </c>
       <c r="C843" s="30" t="s">
-        <v>1782</v>
+        <v>1780</v>
       </c>
       <c r="D843" s="31">
         <v>8</v>
       </c>
       <c r="E843" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F843" s="28">
         <v>1764172</v>
       </c>
       <c r="G843" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H843" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I843" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J843" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K843" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="844" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A844" s="28">
         <v>842</v>
       </c>
       <c r="B844" s="29">
         <v>45957</v>
       </c>
       <c r="C844" s="30" t="s">
-        <v>1783</v>
+        <v>1781</v>
       </c>
       <c r="D844" s="31">
         <v>8</v>
       </c>
       <c r="E844" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F844" s="28">
         <v>1764206</v>
       </c>
       <c r="G844" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H844" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I844" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J844" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K844" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="845" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A845" s="28">
         <v>843</v>
       </c>
       <c r="B845" s="29">
         <v>45957</v>
       </c>
       <c r="C845" s="30" t="s">
-        <v>1784</v>
+        <v>1782</v>
       </c>
       <c r="D845" s="31">
         <v>8</v>
       </c>
       <c r="E845" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F845" s="28">
         <v>1764188</v>
       </c>
       <c r="G845" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H845" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I845" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J845" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K845" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="846" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A846" s="28">
         <v>844</v>
       </c>
       <c r="B846" s="29">
         <v>45957</v>
       </c>
       <c r="C846" s="30" t="s">
-        <v>1785</v>
+        <v>1783</v>
       </c>
       <c r="D846" s="31">
         <v>8</v>
       </c>
       <c r="E846" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F846" s="28">
         <v>1764209</v>
       </c>
       <c r="G846" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H846" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I846" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J846" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K846" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="847" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A847" s="28">
         <v>845</v>
       </c>
       <c r="B847" s="29">
         <v>45957</v>
       </c>
       <c r="C847" s="30" t="s">
-        <v>1786</v>
+        <v>1784</v>
       </c>
       <c r="D847" s="31">
         <v>8</v>
       </c>
       <c r="E847" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F847" s="28">
         <v>1764221</v>
       </c>
       <c r="G847" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H847" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I847" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J847" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K847" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="848" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A848" s="28">
         <v>846</v>
       </c>
       <c r="B848" s="29">
         <v>45957</v>
       </c>
       <c r="C848" s="30" t="s">
-        <v>1787</v>
+        <v>1785</v>
       </c>
       <c r="D848" s="31">
         <v>8</v>
       </c>
       <c r="E848" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F848" s="28">
         <v>1764197</v>
       </c>
       <c r="G848" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H848" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I848" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J848" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K848" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="849" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A849" s="28">
         <v>847</v>
       </c>
       <c r="B849" s="29">
         <v>45957</v>
       </c>
       <c r="C849" s="30" t="s">
-        <v>1788</v>
+        <v>1786</v>
       </c>
       <c r="D849" s="31">
         <v>8</v>
       </c>
       <c r="E849" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F849" s="28">
         <v>1764199</v>
       </c>
       <c r="G849" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H849" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I849" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J849" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K849" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="850" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A850" s="28">
         <v>848</v>
       </c>
       <c r="B850" s="29">
         <v>45957</v>
       </c>
       <c r="C850" s="30" t="s">
-        <v>1789</v>
+        <v>1787</v>
       </c>
       <c r="D850" s="31">
         <v>8</v>
       </c>
       <c r="E850" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F850" s="28">
         <v>1764223</v>
       </c>
       <c r="G850" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H850" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I850" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J850" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K850" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="851" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A851" s="28">
         <v>849</v>
       </c>
       <c r="B851" s="29">
         <v>45957</v>
       </c>
       <c r="C851" s="30" t="s">
-        <v>1790</v>
+        <v>1788</v>
       </c>
       <c r="D851" s="31">
         <v>8</v>
       </c>
       <c r="E851" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F851" s="28">
         <v>1764234</v>
       </c>
       <c r="G851" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H851" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I851" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J851" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K851" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="852" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A852" s="28">
         <v>850</v>
       </c>
       <c r="B852" s="29">
         <v>45957</v>
       </c>
       <c r="C852" s="30" t="s">
-        <v>1791</v>
+        <v>1789</v>
       </c>
       <c r="D852" s="31">
         <v>8</v>
       </c>
       <c r="E852" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F852" s="28">
         <v>1764240</v>
       </c>
       <c r="G852" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H852" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I852" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J852" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K852" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="853" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A853" s="28">
         <v>851</v>
       </c>
       <c r="B853" s="29">
         <v>45957</v>
       </c>
       <c r="C853" s="30" t="s">
-        <v>1792</v>
+        <v>1790</v>
       </c>
       <c r="D853" s="31">
         <v>8</v>
       </c>
       <c r="E853" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F853" s="28">
         <v>1764237</v>
       </c>
       <c r="G853" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H853" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I853" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J853" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K853" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="854" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A854" s="28">
         <v>852</v>
       </c>
       <c r="B854" s="29">
         <v>45957</v>
       </c>
       <c r="C854" s="30" t="s">
-        <v>1793</v>
+        <v>1791</v>
       </c>
       <c r="D854" s="31">
         <v>10</v>
       </c>
       <c r="E854" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F854" s="28">
         <v>1764227</v>
       </c>
       <c r="G854" s="32" t="s">
-        <v>1833</v>
+        <v>1831</v>
       </c>
       <c r="H854" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I854" s="33" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="J854" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K854" s="34" t="s">
-        <v>1855</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="855" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A855" s="28">
         <v>853</v>
       </c>
       <c r="B855" s="29">
         <v>45957</v>
       </c>
       <c r="C855" s="30" t="s">
-        <v>1794</v>
+        <v>1792</v>
       </c>
       <c r="D855" s="31">
         <v>8</v>
       </c>
       <c r="E855" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F855" s="28">
         <v>1764229</v>
       </c>
       <c r="G855" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H855" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I855" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J855" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K855" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="856" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A856" s="28">
         <v>854</v>
       </c>
       <c r="B856" s="29">
         <v>45957</v>
       </c>
       <c r="C856" s="30" t="s">
-        <v>1795</v>
+        <v>1793</v>
       </c>
       <c r="D856" s="31">
         <v>8</v>
       </c>
       <c r="E856" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F856" s="28">
         <v>1764252</v>
       </c>
       <c r="G856" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H856" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I856" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J856" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K856" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="857" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A857" s="28">
         <v>855</v>
       </c>
       <c r="B857" s="29">
         <v>45957</v>
       </c>
       <c r="C857" s="30" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
       <c r="D857" s="31">
         <v>8</v>
       </c>
       <c r="E857" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F857" s="28">
         <v>1764270</v>
       </c>
       <c r="G857" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H857" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I857" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J857" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K857" s="34" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="858" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A858" s="28">
         <v>856</v>
       </c>
       <c r="B858" s="29">
         <v>45957</v>
       </c>
       <c r="C858" s="30" t="s">
-        <v>1797</v>
+        <v>1795</v>
       </c>
       <c r="D858" s="31">
         <v>10</v>
       </c>
       <c r="E858" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F858" s="28">
         <v>1764287</v>
       </c>
       <c r="G858" s="32" t="s">
-        <v>1834</v>
+        <v>1832</v>
       </c>
       <c r="H858" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I858" s="33" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="J858" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K858" s="34" t="s">
-        <v>1856</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="859" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A859" s="28">
         <v>857</v>
       </c>
       <c r="B859" s="29">
         <v>45957</v>
       </c>
       <c r="C859" s="30" t="s">
-        <v>1798</v>
+        <v>1796</v>
       </c>
       <c r="D859" s="31">
         <v>10</v>
       </c>
       <c r="E859" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F859" s="28">
         <v>1764268</v>
       </c>
       <c r="G859" s="32" t="s">
-        <v>1835</v>
+        <v>1833</v>
       </c>
       <c r="H859" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I859" s="33" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="J859" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K859" s="34" t="s">
-        <v>1857</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="860" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A860" s="28">
         <v>858</v>
       </c>
       <c r="B860" s="29">
         <v>45957</v>
       </c>
       <c r="C860" s="30" t="s">
-        <v>1799</v>
+        <v>1797</v>
       </c>
       <c r="D860" s="31">
         <v>10</v>
       </c>
       <c r="E860" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F860" s="28">
         <v>1764279</v>
       </c>
       <c r="G860" s="32" t="s">
-        <v>1836</v>
+        <v>1834</v>
       </c>
       <c r="H860" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I860" s="33" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="J860" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K860" s="34" t="s">
-        <v>1858</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="861" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A861" s="28">
         <v>859</v>
       </c>
       <c r="B861" s="29">
         <v>45957</v>
       </c>
       <c r="C861" s="30" t="s">
-        <v>1800</v>
+        <v>1798</v>
       </c>
       <c r="D861" s="31">
         <v>10</v>
       </c>
       <c r="E861" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F861" s="28">
         <v>1764324</v>
       </c>
       <c r="G861" s="32" t="s">
-        <v>1837</v>
+        <v>1835</v>
       </c>
       <c r="H861" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I861" s="33" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="J861" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K861" s="34" t="s">
-        <v>1859</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="862" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A862" s="28">
         <v>860</v>
       </c>
       <c r="B862" s="29">
         <v>45957</v>
       </c>
       <c r="C862" s="30" t="s">
-        <v>1801</v>
+        <v>1799</v>
       </c>
       <c r="D862" s="31">
         <v>10</v>
       </c>
       <c r="E862" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F862" s="28">
         <v>1764307</v>
       </c>
       <c r="G862" s="32" t="s">
-        <v>1838</v>
+        <v>1836</v>
       </c>
       <c r="H862" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I862" s="33" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="J862" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K862" s="34" t="s">
-        <v>1858</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="863" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A863" s="28">
         <v>861</v>
       </c>
       <c r="B863" s="29">
         <v>45958</v>
       </c>
       <c r="C863" s="30" t="s">
-        <v>1802</v>
+        <v>1800</v>
       </c>
       <c r="D863" s="31">
         <v>25</v>
       </c>
       <c r="E863" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F863" s="28">
         <v>1764498</v>
       </c>
       <c r="G863" s="32" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="H863" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I863" s="33" t="s">
         <v>333</v>
       </c>
       <c r="J863" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K863" s="34"/>
     </row>
     <row r="864" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A864" s="28">
         <v>862</v>
       </c>
       <c r="B864" s="29">
         <v>45958</v>
       </c>
       <c r="C864" s="30" t="s">
-        <v>1803</v>
+        <v>1801</v>
       </c>
       <c r="D864" s="31">
         <v>10</v>
       </c>
       <c r="E864" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F864" s="28">
         <v>1764549</v>
       </c>
       <c r="G864" s="32" t="s">
-        <v>1567</v>
+        <v>1565</v>
       </c>
       <c r="H864" s="33" t="s">
         <v>68</v>
       </c>
       <c r="I864" s="33" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="J864" s="28" t="s">
         <v>17</v>
       </c>
       <c r="K864" s="34"/>
     </row>
     <row r="865" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A865" s="28">
         <v>863</v>
       </c>
       <c r="B865" s="29">
         <v>45958</v>
       </c>
       <c r="C865" s="30" t="s">
-        <v>1804</v>
+        <v>1802</v>
       </c>
       <c r="D865" s="31">
         <v>8.6</v>
       </c>
       <c r="E865" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F865" s="28">
         <v>1764645</v>
       </c>
       <c r="G865" s="32" t="s">
-        <v>1839</v>
+        <v>1837</v>
       </c>
       <c r="H865" s="33" t="s">
         <v>150</v>
       </c>
       <c r="I865" s="33" t="s">
-        <v>1743</v>
+        <v>1741</v>
       </c>
       <c r="J865" s="28" t="s">
-        <v>1267</v>
+        <v>879</v>
       </c>
       <c r="K865" s="34"/>
     </row>
     <row r="866" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A866" s="28">
         <v>864</v>
       </c>
       <c r="B866" s="29">
         <v>45959</v>
       </c>
       <c r="C866" s="30" t="s">
-        <v>1805</v>
+        <v>1803</v>
       </c>
       <c r="D866" s="31">
         <v>17.600000000000001</v>
       </c>
       <c r="E866" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F866" s="28">
         <v>1764831</v>
       </c>
       <c r="G866" s="32" t="s">
-        <v>1569</v>
+        <v>1567</v>
       </c>
       <c r="H866" s="33" t="s">
         <v>150</v>
       </c>
       <c r="I866" s="33" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="J866" s="28" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="K866" s="34"/>
     </row>
     <row r="867" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A867" s="28">
         <v>865</v>
       </c>
       <c r="B867" s="29">
         <v>45960</v>
       </c>
       <c r="C867" s="30" t="s">
-        <v>1806</v>
+        <v>1804</v>
       </c>
       <c r="D867" s="31">
         <v>20</v>
       </c>
       <c r="E867" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F867" s="28">
         <v>1765453</v>
       </c>
       <c r="G867" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H867" s="33" t="s">
         <v>55</v>
       </c>
       <c r="I867" s="33" t="s">
-        <v>1844</v>
+        <v>1842</v>
       </c>
       <c r="J867" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K867" s="34" t="s">
-        <v>1860</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="868" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A868" s="28">
         <v>866</v>
       </c>
       <c r="B868" s="29">
         <v>45961</v>
       </c>
       <c r="C868" s="30" t="s">
-        <v>1807</v>
+        <v>1805</v>
       </c>
       <c r="D868" s="31">
         <v>25</v>
       </c>
       <c r="E868" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F868" s="28">
         <v>1765583</v>
       </c>
       <c r="G868" s="32" t="s">
-        <v>1736</v>
+        <v>1734</v>
       </c>
       <c r="H868" s="33" t="s">
         <v>55</v>
       </c>
       <c r="I868" s="33" t="s">
-        <v>1746</v>
+        <v>1744</v>
       </c>
       <c r="J868" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K868" s="34"/>
     </row>
     <row r="869" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A869" s="28">
         <v>867</v>
       </c>
       <c r="B869" s="29">
         <v>45961</v>
       </c>
       <c r="C869" s="30" t="s">
-        <v>1808</v>
+        <v>1806</v>
       </c>
       <c r="D869" s="31">
         <v>9</v>
       </c>
       <c r="E869" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F869" s="28">
         <v>1765590</v>
       </c>
       <c r="G869" s="32" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="H869" s="33" t="s">
         <v>150</v>
       </c>
       <c r="I869" s="33" t="s">
         <v>281</v>
       </c>
       <c r="J869" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K869" s="34"/>
     </row>
     <row r="870" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A870" s="28">
         <v>868</v>
       </c>
       <c r="B870" s="29">
         <v>45961</v>
       </c>
       <c r="C870" s="30" t="s">
-        <v>1809</v>
+        <v>1807</v>
       </c>
       <c r="D870" s="31">
         <v>5</v>
       </c>
       <c r="E870" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F870" s="28">
         <v>1765662</v>
       </c>
       <c r="G870" s="32" t="s">
-        <v>1840</v>
+        <v>1838</v>
       </c>
       <c r="H870" s="33" t="s">
         <v>55</v>
       </c>
       <c r="I870" s="33" t="s">
-        <v>1845</v>
+        <v>1843</v>
       </c>
       <c r="J870" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K870" s="34"/>
     </row>
     <row r="871" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A871" s="28">
         <v>869</v>
       </c>
       <c r="B871" s="29">
         <v>45961</v>
       </c>
       <c r="C871" s="30" t="s">
-        <v>1810</v>
+        <v>1808</v>
       </c>
       <c r="D871" s="31">
         <v>24.99</v>
       </c>
       <c r="E871" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F871" s="28">
         <v>1765815</v>
       </c>
       <c r="G871" s="32" t="s">
-        <v>1841</v>
+        <v>1839</v>
       </c>
       <c r="H871" s="33" t="s">
         <v>39</v>
       </c>
       <c r="I871" s="33" t="s">
-        <v>1846</v>
+        <v>1844</v>
       </c>
       <c r="J871" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K871" s="34"/>
     </row>
     <row r="872" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A872" s="28">
         <v>870</v>
       </c>
       <c r="B872" s="29">
         <v>45961</v>
       </c>
       <c r="C872" s="30" t="s">
-        <v>1811</v>
+        <v>1809</v>
       </c>
       <c r="D872" s="31">
         <v>10</v>
       </c>
       <c r="E872" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F872" s="28">
         <v>1765902</v>
       </c>
       <c r="G872" s="32" t="s">
-        <v>1731</v>
+        <v>1729</v>
       </c>
       <c r="H872" s="33" t="s">
         <v>63</v>
       </c>
       <c r="I872" s="33" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="J872" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K872" s="34" t="s">
-        <v>1861</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="873" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A873" s="28">
         <v>871</v>
       </c>
       <c r="B873" s="29">
         <v>45961</v>
       </c>
       <c r="C873" s="30" t="s">
-        <v>1812</v>
+        <v>1810</v>
       </c>
       <c r="D873" s="31">
         <v>10</v>
       </c>
       <c r="E873" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F873" s="28">
         <v>1765944</v>
       </c>
       <c r="G873" s="32" t="s">
-        <v>1730</v>
+        <v>1728</v>
       </c>
       <c r="H873" s="33" t="s">
         <v>63</v>
       </c>
       <c r="I873" s="33" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="J873" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K873" s="34" t="s">
-        <v>1861</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="874" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A874" s="28">
         <v>872</v>
       </c>
       <c r="B874" s="29">
         <v>45961</v>
       </c>
       <c r="C874" s="30" t="s">
-        <v>1813</v>
+        <v>1811</v>
       </c>
       <c r="D874" s="31">
         <v>11.9</v>
       </c>
       <c r="E874" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F874" s="28">
         <v>1765996</v>
       </c>
       <c r="G874" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H874" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I874" s="33" t="s">
-        <v>1577</v>
+        <v>1575</v>
       </c>
       <c r="J874" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K874" s="34"/>
     </row>
     <row r="875" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A875" s="28">
         <v>873</v>
       </c>
       <c r="B875" s="29">
         <v>45961</v>
       </c>
       <c r="C875" s="30" t="s">
-        <v>1814</v>
+        <v>1812</v>
       </c>
       <c r="D875" s="31">
         <v>11.9</v>
       </c>
       <c r="E875" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F875" s="28">
         <v>1765985</v>
       </c>
       <c r="G875" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H875" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I875" s="33" t="s">
-        <v>1577</v>
+        <v>1575</v>
       </c>
       <c r="J875" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K875" s="34" t="s">
-        <v>1862</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="876" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A876" s="28">
         <v>874</v>
       </c>
       <c r="B876" s="29">
         <v>45961</v>
       </c>
       <c r="C876" s="30" t="s">
-        <v>1815</v>
+        <v>1813</v>
       </c>
       <c r="D876" s="31">
         <v>10</v>
       </c>
       <c r="E876" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F876" s="28">
         <v>1766018</v>
       </c>
       <c r="G876" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H876" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I876" s="33" t="s">
-        <v>1847</v>
+        <v>1845</v>
       </c>
       <c r="J876" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K876" s="34" t="s">
-        <v>1863</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="877" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A877" s="28">
         <v>875</v>
       </c>
       <c r="B877" s="29">
         <v>45961</v>
       </c>
       <c r="C877" s="30" t="s">
-        <v>1816</v>
+        <v>1814</v>
       </c>
       <c r="D877" s="31">
         <v>7.3</v>
       </c>
       <c r="E877" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F877" s="28">
         <v>1766029</v>
       </c>
       <c r="G877" s="32" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="H877" s="33" t="s">
         <v>93</v>
       </c>
       <c r="I877" s="33" t="s">
-        <v>1455</v>
+        <v>1453</v>
       </c>
       <c r="J877" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K877" s="34"/>
     </row>
     <row r="878" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A878" s="28">
         <v>876</v>
       </c>
       <c r="B878" s="29">
         <v>45961</v>
       </c>
       <c r="C878" s="30" t="s">
-        <v>1817</v>
+        <v>1815</v>
       </c>
       <c r="D878" s="31">
         <v>3</v>
       </c>
       <c r="E878" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F878" s="28">
         <v>1766035</v>
       </c>
       <c r="G878" s="32" t="s">
         <v>432</v>
       </c>
       <c r="H878" s="33" t="s">
         <v>93</v>
       </c>
       <c r="I878" s="33" t="s">
         <v>426</v>
       </c>
       <c r="J878" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K878" s="34"/>
     </row>
     <row r="879" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A879" s="28">
         <v>877</v>
       </c>
       <c r="B879" s="29">
         <v>45961</v>
       </c>
       <c r="C879" s="30" t="s">
-        <v>1818</v>
+        <v>1816</v>
       </c>
       <c r="D879" s="31">
         <v>14</v>
       </c>
       <c r="E879" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F879" s="28">
         <v>1766036</v>
       </c>
       <c r="G879" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H879" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I879" s="33" t="s">
-        <v>1848</v>
+        <v>1846</v>
       </c>
       <c r="J879" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K879" s="34"/>
     </row>
     <row r="880" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A880" s="28">
         <v>878</v>
       </c>
       <c r="B880" s="29">
         <v>45961</v>
       </c>
       <c r="C880" s="30" t="s">
-        <v>1819</v>
+        <v>1817</v>
       </c>
       <c r="D880" s="31">
         <v>3</v>
       </c>
       <c r="E880" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F880" s="28">
         <v>1766037</v>
       </c>
       <c r="G880" s="32" t="s">
-        <v>1399</v>
+        <v>1397</v>
       </c>
       <c r="H880" s="33" t="s">
         <v>93</v>
       </c>
       <c r="I880" s="33" t="s">
         <v>426</v>
       </c>
       <c r="J880" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K880" s="34"/>
     </row>
     <row r="881" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A881" s="28">
         <v>879</v>
       </c>
       <c r="B881" s="29">
         <v>45961</v>
       </c>
       <c r="C881" s="30" t="s">
-        <v>1820</v>
+        <v>1818</v>
       </c>
       <c r="D881" s="31">
         <v>3</v>
       </c>
       <c r="E881" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F881" s="28">
         <v>1766039</v>
       </c>
       <c r="G881" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H881" s="33" t="s">
         <v>93</v>
       </c>
       <c r="I881" s="33" t="s">
         <v>426</v>
       </c>
       <c r="J881" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K881" s="34"/>
     </row>
     <row r="882" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A882" s="28">
         <v>880</v>
       </c>
       <c r="B882" s="29">
         <v>45961</v>
       </c>
       <c r="C882" s="30" t="s">
-        <v>1821</v>
+        <v>1819</v>
       </c>
       <c r="D882" s="31">
         <v>3</v>
       </c>
       <c r="E882" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F882" s="28">
         <v>1766047</v>
       </c>
       <c r="G882" s="32" t="s">
-        <v>1401</v>
+        <v>1399</v>
       </c>
       <c r="H882" s="33" t="s">
         <v>93</v>
       </c>
       <c r="I882" s="33" t="s">
         <v>426</v>
       </c>
       <c r="J882" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K882" s="34"/>
     </row>
     <row r="883" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A883" s="28">
         <v>881</v>
       </c>
       <c r="B883" s="29">
         <v>45961</v>
       </c>
       <c r="C883" s="30" t="s">
-        <v>1822</v>
+        <v>1820</v>
       </c>
       <c r="D883" s="31">
         <v>3</v>
       </c>
       <c r="E883" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F883" s="28">
         <v>1766053</v>
       </c>
       <c r="G883" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H883" s="33" t="s">
         <v>93</v>
       </c>
       <c r="I883" s="33" t="s">
         <v>426</v>
       </c>
       <c r="J883" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K883" s="34"/>
     </row>
     <row r="884" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A884" s="28">
         <v>882</v>
       </c>
       <c r="B884" s="29">
         <v>45961</v>
       </c>
       <c r="C884" s="30" t="s">
-        <v>1823</v>
+        <v>1821</v>
       </c>
       <c r="D884" s="31">
         <v>3</v>
       </c>
       <c r="E884" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F884" s="28">
         <v>1766054</v>
       </c>
       <c r="G884" s="32" t="s">
-        <v>1135</v>
+        <v>1133</v>
       </c>
       <c r="H884" s="33" t="s">
         <v>93</v>
       </c>
       <c r="I884" s="33" t="s">
         <v>426</v>
       </c>
       <c r="J884" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K884" s="34"/>
     </row>
     <row r="885" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A885" s="28">
         <v>883</v>
       </c>
       <c r="B885" s="29">
         <v>45961</v>
       </c>
       <c r="C885" s="30" t="s">
-        <v>1824</v>
+        <v>1822</v>
       </c>
       <c r="D885" s="31">
         <v>3</v>
       </c>
       <c r="E885" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F885" s="28">
         <v>1765976</v>
       </c>
       <c r="G885" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H885" s="33" t="s">
         <v>93</v>
       </c>
       <c r="I885" s="33" t="s">
         <v>426</v>
       </c>
       <c r="J885" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K885" s="34"/>
     </row>
     <row r="886" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A886" s="28">
         <v>884</v>
       </c>
       <c r="B886" s="29">
         <v>45961</v>
       </c>
       <c r="C886" s="30" t="s">
-        <v>1825</v>
+        <v>1823</v>
       </c>
       <c r="D886" s="31">
         <v>3</v>
       </c>
       <c r="E886" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F886" s="28">
         <v>1765977</v>
       </c>
       <c r="G886" s="32" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="H886" s="33" t="s">
         <v>93</v>
       </c>
       <c r="I886" s="33" t="s">
         <v>426</v>
       </c>
       <c r="J886" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K886" s="34"/>
     </row>
     <row r="887" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A887" s="28">
         <v>885</v>
       </c>
       <c r="B887" s="29">
         <v>45961</v>
       </c>
       <c r="C887" s="30" t="s">
-        <v>1826</v>
+        <v>1824</v>
       </c>
       <c r="D887" s="31">
         <v>3</v>
       </c>
       <c r="E887" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F887" s="28">
         <v>1766061</v>
       </c>
       <c r="G887" s="32" t="s">
         <v>425</v>
       </c>
       <c r="H887" s="33" t="s">
         <v>93</v>
       </c>
       <c r="I887" s="33" t="s">
         <v>426</v>
       </c>
       <c r="J887" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K887" s="34"/>
     </row>
     <row r="888" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A888" s="28">
         <v>886</v>
       </c>
       <c r="B888" s="29">
         <v>45961</v>
       </c>
       <c r="C888" s="30" t="s">
-        <v>1827</v>
+        <v>1825</v>
       </c>
       <c r="D888" s="31">
         <v>3</v>
       </c>
       <c r="E888" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F888" s="28">
         <v>1766073</v>
       </c>
       <c r="G888" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H888" s="33" t="s">
         <v>93</v>
       </c>
       <c r="I888" s="33" t="s">
         <v>426</v>
       </c>
       <c r="J888" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K888" s="34"/>
     </row>
     <row r="889" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A889" s="28">
         <v>887</v>
       </c>
       <c r="B889" s="29">
         <v>45966</v>
       </c>
       <c r="C889" s="30" t="s">
-        <v>1866</v>
+        <v>1864</v>
       </c>
       <c r="D889" s="31">
         <v>10</v>
       </c>
       <c r="E889" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F889" s="28">
         <v>1767410</v>
       </c>
       <c r="G889" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H889" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I889" s="33" t="s">
-        <v>1934</v>
+        <v>1932</v>
       </c>
       <c r="J889" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K889" s="34" t="s">
-        <v>1962</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="890" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A890" s="28">
         <v>888</v>
       </c>
       <c r="B890" s="29">
         <v>45972</v>
       </c>
       <c r="C890" s="30" t="s">
-        <v>1867</v>
+        <v>1865</v>
       </c>
       <c r="D890" s="31">
         <v>12.5</v>
       </c>
       <c r="E890" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F890" s="28">
         <v>1769826</v>
       </c>
       <c r="G890" s="35" t="s">
-        <v>1923</v>
+        <v>1921</v>
       </c>
       <c r="H890" s="33" t="s">
         <v>93</v>
       </c>
       <c r="I890" s="33" t="s">
-        <v>1642</v>
+        <v>1640</v>
       </c>
       <c r="J890" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K890" s="34"/>
     </row>
     <row r="891" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A891" s="28">
         <v>889</v>
       </c>
       <c r="B891" s="29">
         <v>45978</v>
       </c>
       <c r="C891" s="30" t="s">
-        <v>1868</v>
+        <v>1866</v>
       </c>
       <c r="D891" s="31">
         <v>20</v>
       </c>
       <c r="E891" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F891" s="28">
         <v>1772098</v>
       </c>
       <c r="G891" s="35" t="s">
-        <v>1924</v>
+        <v>1922</v>
       </c>
       <c r="H891" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I891" s="33" t="s">
-        <v>1935</v>
+        <v>1933</v>
       </c>
       <c r="J891" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K891" s="34" t="s">
-        <v>1949</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="892" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A892" s="28">
         <v>890</v>
       </c>
       <c r="B892" s="29">
         <v>45978</v>
       </c>
       <c r="C892" s="30" t="s">
-        <v>1869</v>
+        <v>1867</v>
       </c>
       <c r="D892" s="31">
         <v>20</v>
       </c>
       <c r="E892" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F892" s="28">
         <v>1772069</v>
       </c>
       <c r="G892" s="35" t="s">
-        <v>1925</v>
+        <v>1923</v>
       </c>
       <c r="H892" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I892" s="33" t="s">
-        <v>1935</v>
+        <v>1933</v>
       </c>
       <c r="J892" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K892" s="34" t="s">
-        <v>1949</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="893" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A893" s="28">
         <v>891</v>
       </c>
       <c r="B893" s="29">
         <v>45981</v>
       </c>
       <c r="C893" s="30" t="s">
-        <v>1870</v>
+        <v>1868</v>
       </c>
       <c r="D893" s="31">
         <v>10</v>
       </c>
       <c r="E893" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F893" s="28">
         <v>1773558</v>
       </c>
       <c r="G893" s="35" t="s">
-        <v>1926</v>
+        <v>1924</v>
       </c>
       <c r="H893" s="33" t="s">
         <v>150</v>
       </c>
       <c r="I893" s="33" t="s">
-        <v>1936</v>
+        <v>1934</v>
       </c>
       <c r="J893" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K893" s="34"/>
     </row>
     <row r="894" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A894" s="28">
         <v>892</v>
       </c>
       <c r="B894" s="29">
         <v>45985</v>
       </c>
       <c r="C894" s="30" t="s">
-        <v>1871</v>
+        <v>1869</v>
       </c>
       <c r="D894" s="31">
         <v>7.4</v>
       </c>
       <c r="E894" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F894" s="28">
         <v>1774977</v>
       </c>
       <c r="G894" s="32" t="s">
-        <v>1927</v>
+        <v>1925</v>
       </c>
       <c r="H894" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I894" s="33" t="s">
-        <v>1937</v>
+        <v>1935</v>
       </c>
       <c r="J894" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K894" s="34"/>
     </row>
     <row r="895" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A895" s="28">
         <v>893</v>
       </c>
       <c r="B895" s="29">
         <v>45986</v>
       </c>
       <c r="C895" s="30" t="s">
-        <v>1872</v>
+        <v>1870</v>
       </c>
       <c r="D895" s="31">
         <v>10</v>
       </c>
       <c r="E895" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F895" s="28">
         <v>1775584</v>
       </c>
       <c r="G895" s="35" t="s">
-        <v>1928</v>
+        <v>1926</v>
       </c>
       <c r="H895" s="33" t="s">
         <v>39</v>
       </c>
       <c r="I895" s="33" t="s">
         <v>183</v>
       </c>
       <c r="J895" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K895" s="34"/>
     </row>
     <row r="896" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A896" s="28">
         <v>894</v>
       </c>
       <c r="B896" s="29">
         <v>45987</v>
       </c>
       <c r="C896" s="30" t="s">
-        <v>1873</v>
+        <v>1871</v>
       </c>
       <c r="D896" s="31">
         <v>8</v>
       </c>
       <c r="E896" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F896" s="28">
         <v>1775765</v>
       </c>
       <c r="G896" s="32" t="s">
         <v>27</v>
       </c>
-      <c r="H896" s="14" t="s">
-        <v>1003</v>
+      <c r="H896" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I896" s="33" t="s">
-        <v>1938</v>
+        <v>1936</v>
       </c>
       <c r="J896" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K896" s="34" t="s">
-        <v>1956</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="897" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A897" s="28">
         <v>895</v>
       </c>
       <c r="B897" s="29">
         <v>45987</v>
       </c>
       <c r="C897" s="30" t="s">
-        <v>1874</v>
+        <v>1872</v>
       </c>
       <c r="D897" s="31">
         <v>20</v>
       </c>
       <c r="E897" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F897" s="28">
         <v>1775814</v>
       </c>
       <c r="G897" s="35" t="s">
-        <v>1832</v>
+        <v>1830</v>
       </c>
       <c r="H897" s="33" t="s">
         <v>39</v>
       </c>
       <c r="I897" s="33" t="s">
-        <v>1843</v>
+        <v>1841</v>
       </c>
       <c r="J897" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K897" s="34"/>
     </row>
     <row r="898" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A898" s="28">
         <v>896</v>
       </c>
       <c r="B898" s="29">
         <v>45987</v>
       </c>
       <c r="C898" s="30" t="s">
-        <v>1875</v>
+        <v>1873</v>
       </c>
       <c r="D898" s="31">
         <v>7</v>
       </c>
       <c r="E898" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F898" s="28">
         <v>1775866</v>
       </c>
       <c r="G898" s="35" t="s">
-        <v>1636</v>
+        <v>1634</v>
       </c>
       <c r="H898" s="14" t="s">
         <v>179</v>
       </c>
       <c r="I898" s="33" t="s">
         <v>216</v>
       </c>
       <c r="J898" s="28" t="s">
-        <v>1267</v>
+        <v>879</v>
       </c>
       <c r="K898" s="34"/>
     </row>
     <row r="899" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A899" s="28">
         <v>897</v>
       </c>
       <c r="B899" s="29">
         <v>45987</v>
       </c>
       <c r="C899" s="30" t="s">
-        <v>1876</v>
+        <v>1874</v>
       </c>
       <c r="D899" s="31">
         <v>8</v>
       </c>
       <c r="E899" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F899" s="28">
         <v>1776046</v>
       </c>
       <c r="G899" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H899" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I899" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J899" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K899" s="34"/>
     </row>
     <row r="900" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A900" s="28">
         <v>898</v>
       </c>
       <c r="B900" s="29">
         <v>45988</v>
       </c>
       <c r="C900" s="30" t="s">
-        <v>1877</v>
+        <v>1875</v>
       </c>
       <c r="D900" s="31">
         <v>8</v>
       </c>
       <c r="E900" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F900" s="28">
         <v>1776181</v>
       </c>
       <c r="G900" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H900" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I900" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J900" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K900" s="34"/>
     </row>
     <row r="901" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A901" s="28">
         <v>899</v>
       </c>
       <c r="B901" s="29">
         <v>45988</v>
       </c>
       <c r="C901" s="30" t="s">
-        <v>1878</v>
+        <v>1876</v>
       </c>
       <c r="D901" s="31">
         <v>8</v>
       </c>
       <c r="E901" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F901" s="28">
         <v>1776176</v>
       </c>
       <c r="G901" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H901" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I901" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J901" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K901" s="34"/>
     </row>
     <row r="902" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A902" s="28">
         <v>900</v>
       </c>
       <c r="B902" s="29">
         <v>45988</v>
       </c>
       <c r="C902" s="30" t="s">
-        <v>1879</v>
+        <v>1877</v>
       </c>
       <c r="D902" s="31">
         <v>8</v>
       </c>
       <c r="E902" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F902" s="28">
         <v>1776177</v>
       </c>
       <c r="G902" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H902" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I902" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J902" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K902" s="34"/>
     </row>
     <row r="903" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A903" s="28">
         <v>901</v>
       </c>
       <c r="B903" s="29">
         <v>45988</v>
       </c>
       <c r="C903" s="30" t="s">
-        <v>1880</v>
+        <v>1878</v>
       </c>
       <c r="D903" s="31">
         <v>8</v>
       </c>
       <c r="E903" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F903" s="28">
         <v>1776184</v>
       </c>
       <c r="G903" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H903" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I903" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J903" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K903" s="34"/>
     </row>
     <row r="904" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A904" s="28">
         <v>902</v>
       </c>
       <c r="B904" s="29">
         <v>45988</v>
       </c>
       <c r="C904" s="30" t="s">
-        <v>1881</v>
+        <v>1879</v>
       </c>
       <c r="D904" s="31">
         <v>8</v>
       </c>
       <c r="E904" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F904" s="28">
         <v>1776200</v>
       </c>
       <c r="G904" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H904" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I904" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J904" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K904" s="34"/>
     </row>
     <row r="905" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A905" s="28">
         <v>903</v>
       </c>
       <c r="B905" s="29">
         <v>45988</v>
       </c>
       <c r="C905" s="30" t="s">
-        <v>1882</v>
+        <v>1880</v>
       </c>
       <c r="D905" s="31">
         <v>8</v>
       </c>
       <c r="E905" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F905" s="28">
         <v>1776186</v>
       </c>
       <c r="G905" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H905" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I905" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J905" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K905" s="34"/>
     </row>
     <row r="906" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A906" s="28">
         <v>904</v>
       </c>
       <c r="B906" s="29">
         <v>45988</v>
       </c>
       <c r="C906" s="30" t="s">
-        <v>1883</v>
+        <v>1881</v>
       </c>
       <c r="D906" s="31">
         <v>8</v>
       </c>
       <c r="E906" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F906" s="28">
         <v>1776207</v>
       </c>
       <c r="G906" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H906" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I906" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J906" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K906" s="34"/>
     </row>
     <row r="907" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A907" s="28">
         <v>905</v>
       </c>
       <c r="B907" s="29">
         <v>45988</v>
       </c>
       <c r="C907" s="30" t="s">
-        <v>1884</v>
+        <v>1882</v>
       </c>
       <c r="D907" s="31">
         <v>8</v>
       </c>
       <c r="E907" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F907" s="28">
         <v>1776187</v>
       </c>
       <c r="G907" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H907" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I907" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J907" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K907" s="34"/>
     </row>
     <row r="908" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A908" s="28">
         <v>906</v>
       </c>
       <c r="B908" s="29">
         <v>45988</v>
       </c>
       <c r="C908" s="30" t="s">
-        <v>1885</v>
+        <v>1883</v>
       </c>
       <c r="D908" s="31">
         <v>8</v>
       </c>
       <c r="E908" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F908" s="28">
         <v>1776223</v>
       </c>
       <c r="G908" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H908" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I908" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J908" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K908" s="34"/>
     </row>
     <row r="909" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A909" s="28">
         <v>907</v>
       </c>
       <c r="B909" s="29">
         <v>45988</v>
       </c>
       <c r="C909" s="30" t="s">
-        <v>1886</v>
+        <v>1884</v>
       </c>
       <c r="D909" s="31">
         <v>8</v>
       </c>
       <c r="E909" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F909" s="28">
         <v>1776657</v>
       </c>
       <c r="G909" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H909" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I909" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J909" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K909" s="34"/>
     </row>
     <row r="910" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A910" s="28">
         <v>908</v>
       </c>
       <c r="B910" s="29">
         <v>45988</v>
       </c>
       <c r="C910" s="30" t="s">
-        <v>1887</v>
+        <v>1885</v>
       </c>
       <c r="D910" s="31">
         <v>8</v>
       </c>
       <c r="E910" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F910" s="28">
         <v>1776708</v>
       </c>
       <c r="G910" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H910" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I910" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J910" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K910" s="34"/>
     </row>
     <row r="911" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A911" s="28">
         <v>909</v>
       </c>
       <c r="B911" s="29">
         <v>45988</v>
       </c>
       <c r="C911" s="30" t="s">
-        <v>1888</v>
+        <v>1886</v>
       </c>
       <c r="D911" s="31">
         <v>8</v>
       </c>
       <c r="E911" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F911" s="28">
         <v>1776786</v>
       </c>
       <c r="G911" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H911" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I911" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J911" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K911" s="34"/>
     </row>
     <row r="912" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A912" s="28">
         <v>910</v>
       </c>
       <c r="B912" s="29">
         <v>45988</v>
       </c>
       <c r="C912" s="30" t="s">
-        <v>1889</v>
+        <v>1887</v>
       </c>
       <c r="D912" s="31">
         <v>8</v>
       </c>
       <c r="E912" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F912" s="28">
         <v>1776833</v>
       </c>
       <c r="G912" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H912" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I912" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J912" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K912" s="34"/>
     </row>
     <row r="913" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A913" s="28">
         <v>911</v>
       </c>
       <c r="B913" s="29">
         <v>45988</v>
       </c>
       <c r="C913" s="30" t="s">
-        <v>1890</v>
+        <v>1888</v>
       </c>
       <c r="D913" s="31">
         <v>8</v>
       </c>
       <c r="E913" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F913" s="28">
         <v>1776841</v>
       </c>
       <c r="G913" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H913" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I913" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J913" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K913" s="34"/>
     </row>
     <row r="914" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A914" s="28">
         <v>912</v>
       </c>
       <c r="B914" s="29">
         <v>45988</v>
       </c>
       <c r="C914" s="30" t="s">
-        <v>1891</v>
+        <v>1889</v>
       </c>
       <c r="D914" s="31">
         <v>8</v>
       </c>
       <c r="E914" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F914" s="28">
         <v>1776845</v>
       </c>
       <c r="G914" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H914" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I914" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J914" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K914" s="34"/>
     </row>
     <row r="915" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A915" s="28">
         <v>913</v>
       </c>
       <c r="B915" s="29">
         <v>45988</v>
       </c>
       <c r="C915" s="30" t="s">
-        <v>1892</v>
+        <v>1890</v>
       </c>
       <c r="D915" s="31">
         <v>8</v>
       </c>
       <c r="E915" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F915" s="28">
         <v>1776848</v>
       </c>
       <c r="G915" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H915" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I915" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J915" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K915" s="34"/>
     </row>
     <row r="916" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A916" s="28">
         <v>914</v>
       </c>
       <c r="B916" s="29">
         <v>45988</v>
       </c>
       <c r="C916" s="30" t="s">
-        <v>1893</v>
+        <v>1891</v>
       </c>
       <c r="D916" s="31">
         <v>8</v>
       </c>
       <c r="E916" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F916" s="28">
         <v>1776839</v>
       </c>
       <c r="G916" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H916" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I916" s="33" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J916" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K916" s="34"/>
     </row>
     <row r="917" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A917" s="28">
         <v>915</v>
       </c>
       <c r="B917" s="29">
         <v>45989</v>
       </c>
       <c r="C917" s="30" t="s">
-        <v>1894</v>
+        <v>1892</v>
       </c>
       <c r="D917" s="31">
         <v>10</v>
       </c>
       <c r="E917" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F917" s="28">
         <v>1777277</v>
       </c>
       <c r="G917" s="35" t="s">
-        <v>1929</v>
+        <v>1927</v>
       </c>
       <c r="H917" s="33" t="s">
         <v>150</v>
       </c>
       <c r="I917" s="33" t="s">
-        <v>1939</v>
+        <v>1937</v>
       </c>
       <c r="J917" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K917" s="34"/>
     </row>
     <row r="918" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A918" s="28">
         <v>916</v>
       </c>
       <c r="B918" s="29">
         <v>45989</v>
       </c>
       <c r="C918" s="30" t="s">
-        <v>1895</v>
+        <v>1893</v>
       </c>
       <c r="D918" s="31">
         <v>10</v>
       </c>
       <c r="E918" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F918" s="28">
         <v>1777780</v>
       </c>
       <c r="G918" s="35" t="s">
-        <v>1731</v>
+        <v>1729</v>
       </c>
       <c r="H918" s="33" t="s">
         <v>63</v>
       </c>
       <c r="I918" s="33" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="J918" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K918" s="34"/>
     </row>
     <row r="919" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A919" s="28">
         <v>917</v>
       </c>
       <c r="B919" s="29">
         <v>45989</v>
       </c>
       <c r="C919" s="30" t="s">
-        <v>1896</v>
+        <v>1894</v>
       </c>
       <c r="D919" s="31">
         <v>10</v>
       </c>
       <c r="E919" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F919" s="28">
         <v>1777912</v>
       </c>
       <c r="G919" s="35" t="s">
-        <v>1730</v>
+        <v>1728</v>
       </c>
       <c r="H919" s="33" t="s">
         <v>63</v>
       </c>
       <c r="I919" s="33" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="J919" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K919" s="34"/>
     </row>
     <row r="920" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A920" s="28">
         <v>918</v>
       </c>
       <c r="B920" s="29">
         <v>45989</v>
       </c>
       <c r="C920" s="30" t="s">
-        <v>1897</v>
+        <v>1895</v>
       </c>
       <c r="D920" s="31">
         <v>10</v>
       </c>
       <c r="E920" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F920" s="28">
         <v>1777939</v>
       </c>
       <c r="G920" s="35" t="s">
-        <v>1833</v>
+        <v>1831</v>
       </c>
       <c r="H920" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I920" s="33" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="J920" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K920" s="34" t="s">
-        <v>1958</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="921" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A921" s="28">
         <v>919</v>
       </c>
       <c r="B921" s="29">
         <v>45989</v>
       </c>
       <c r="C921" s="30" t="s">
-        <v>1898</v>
+        <v>1896</v>
       </c>
       <c r="D921" s="31">
         <v>10</v>
       </c>
       <c r="E921" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F921" s="28">
         <v>1777943</v>
       </c>
       <c r="G921" s="35" t="s">
-        <v>1834</v>
+        <v>1832</v>
       </c>
       <c r="H921" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I921" s="33" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="J921" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K921" s="34" t="s">
-        <v>1957</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="922" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A922" s="28">
         <v>920</v>
       </c>
       <c r="B922" s="29">
         <v>45989</v>
       </c>
       <c r="C922" s="30" t="s">
-        <v>1899</v>
+        <v>1897</v>
       </c>
       <c r="D922" s="31">
         <v>10</v>
       </c>
       <c r="E922" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F922" s="28">
         <v>1777918</v>
       </c>
       <c r="G922" s="35" t="s">
-        <v>1835</v>
+        <v>1833</v>
       </c>
       <c r="H922" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I922" s="33" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="J922" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K922" s="34" t="s">
-        <v>1959</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="923" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A923" s="28">
         <v>921</v>
       </c>
       <c r="B923" s="29">
         <v>45989</v>
       </c>
       <c r="C923" s="30" t="s">
-        <v>1900</v>
+        <v>1898</v>
       </c>
       <c r="D923" s="31">
         <v>10</v>
       </c>
       <c r="E923" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F923" s="28">
         <v>1777965</v>
       </c>
       <c r="G923" s="35" t="s">
-        <v>1836</v>
+        <v>1834</v>
       </c>
       <c r="H923" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I923" s="33" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="J923" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K923" s="34" t="s">
-        <v>1960</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="924" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A924" s="28">
         <v>922</v>
       </c>
       <c r="B924" s="29">
         <v>45989</v>
       </c>
       <c r="C924" s="30" t="s">
-        <v>1901</v>
+        <v>1899</v>
       </c>
       <c r="D924" s="31">
         <v>10</v>
       </c>
       <c r="E924" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F924" s="28">
         <v>1777968</v>
       </c>
       <c r="G924" s="35" t="s">
-        <v>1837</v>
+        <v>1835</v>
       </c>
       <c r="H924" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I924" s="33" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="J924" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K924" s="34" t="s">
-        <v>1961</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="925" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A925" s="28">
         <v>923</v>
       </c>
       <c r="B925" s="29">
         <v>45989</v>
       </c>
       <c r="C925" s="30" t="s">
-        <v>1902</v>
+        <v>1900</v>
       </c>
       <c r="D925" s="31">
         <v>10</v>
       </c>
       <c r="E925" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F925" s="28">
         <v>1777981</v>
       </c>
       <c r="G925" s="35" t="s">
-        <v>1838</v>
+        <v>1836</v>
       </c>
       <c r="H925" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I925" s="33" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="J925" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K925" s="34" t="s">
-        <v>1960</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="926" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A926" s="28">
         <v>924</v>
       </c>
       <c r="B926" s="29">
         <v>45989</v>
       </c>
       <c r="C926" s="30" t="s">
-        <v>1903</v>
+        <v>1901</v>
       </c>
       <c r="D926" s="31">
         <v>10</v>
       </c>
       <c r="E926" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F926" s="28">
         <v>1777987</v>
       </c>
       <c r="G926" s="35" t="s">
-        <v>1829</v>
+        <v>1827</v>
       </c>
       <c r="H926" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I926" s="33" t="s">
-        <v>1478</v>
+        <v>1476</v>
       </c>
       <c r="J926" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K926" s="34" t="s">
-        <v>1946</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="927" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A927" s="28">
         <v>925</v>
       </c>
       <c r="B927" s="29">
         <v>45989</v>
       </c>
       <c r="C927" s="30" t="s">
-        <v>1904</v>
+        <v>1902</v>
       </c>
       <c r="D927" s="31">
         <v>10</v>
       </c>
       <c r="E927" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F927" s="28">
         <v>1778081</v>
       </c>
       <c r="G927" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H927" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I927" s="33" t="s">
-        <v>1942</v>
+        <v>1940</v>
       </c>
       <c r="J927" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K927" s="34" t="s">
-        <v>1963</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="928" spans="1:11" s="23" customFormat="1" ht="100" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A928" s="28">
         <v>926</v>
       </c>
       <c r="B928" s="29">
         <v>45989</v>
       </c>
       <c r="C928" s="30" t="s">
-        <v>1905</v>
+        <v>1903</v>
       </c>
       <c r="D928" s="31">
         <v>14</v>
       </c>
       <c r="E928" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F928" s="28">
         <v>1778082</v>
       </c>
       <c r="G928" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H928" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I928" s="33" t="s">
-        <v>1943</v>
+        <v>1941</v>
       </c>
       <c r="J928" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K928" s="34" t="s">
-        <v>1947</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="929" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A929" s="28">
         <v>927</v>
       </c>
       <c r="B929" s="29">
         <v>45989</v>
       </c>
       <c r="C929" s="30" t="s">
-        <v>1906</v>
+        <v>1904</v>
       </c>
       <c r="D929" s="31">
         <v>8</v>
       </c>
       <c r="E929" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F929" s="28">
         <v>1778076</v>
       </c>
       <c r="G929" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H929" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I929" s="33" t="s">
-        <v>1942</v>
+        <v>1940</v>
       </c>
       <c r="J929" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K929" s="34" t="s">
-        <v>1964</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="930" spans="1:11" s="23" customFormat="1" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A930" s="28">
         <v>928</v>
       </c>
       <c r="B930" s="29">
         <v>45989</v>
       </c>
       <c r="C930" s="30" t="s">
-        <v>1907</v>
+        <v>1905</v>
       </c>
       <c r="D930" s="31">
         <v>18.7</v>
       </c>
       <c r="E930" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F930" s="28">
         <v>1778078</v>
       </c>
       <c r="G930" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H930" s="33" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="I930" s="33" t="s">
-        <v>1944</v>
+        <v>1942</v>
       </c>
       <c r="J930" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K930" s="34" t="s">
-        <v>1948</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="931" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A931" s="28">
         <v>929</v>
       </c>
       <c r="B931" s="29">
         <v>45989</v>
       </c>
       <c r="C931" s="30" t="s">
-        <v>1908</v>
+        <v>1906</v>
       </c>
       <c r="D931" s="31">
         <v>8</v>
       </c>
       <c r="E931" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F931" s="28">
         <v>1778067</v>
       </c>
       <c r="G931" s="35" t="s">
-        <v>1477</v>
+        <v>1475</v>
       </c>
       <c r="H931" s="33" t="s">
         <v>86</v>
       </c>
       <c r="I931" s="33" t="s">
-        <v>1478</v>
+        <v>1476</v>
       </c>
       <c r="J931" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K931" s="34"/>
     </row>
     <row r="932" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A932" s="28">
         <v>930</v>
       </c>
       <c r="B932" s="29">
         <v>45989</v>
       </c>
       <c r="C932" s="30" t="s">
-        <v>1909</v>
+        <v>1907</v>
       </c>
       <c r="D932" s="31">
         <v>8.4</v>
       </c>
       <c r="E932" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F932" s="28">
         <v>1778102</v>
       </c>
       <c r="G932" s="35" t="s">
-        <v>1828</v>
+        <v>1826</v>
       </c>
       <c r="H932" s="33" t="s">
         <v>68</v>
       </c>
       <c r="I932" s="33" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="J932" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K932" s="34"/>
     </row>
     <row r="933" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A933" s="28">
         <v>931</v>
       </c>
       <c r="B933" s="29">
         <v>45989</v>
       </c>
       <c r="C933" s="30" t="s">
-        <v>1910</v>
+        <v>1908</v>
       </c>
       <c r="D933" s="31">
         <v>25</v>
       </c>
       <c r="E933" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F933" s="28">
         <v>1778141</v>
       </c>
       <c r="G933" s="32" t="s">
-        <v>1930</v>
+        <v>1928</v>
       </c>
       <c r="H933" s="33" t="s">
         <v>73</v>
       </c>
       <c r="I933" s="33" t="s">
-        <v>1940</v>
+        <v>1938</v>
       </c>
       <c r="J933" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K933" s="34"/>
     </row>
     <row r="934" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A934" s="28">
         <v>932</v>
       </c>
       <c r="B934" s="29">
         <v>45990</v>
       </c>
       <c r="C934" s="30" t="s">
-        <v>1911</v>
+        <v>1909</v>
       </c>
       <c r="D934" s="31">
         <v>10</v>
       </c>
       <c r="E934" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F934" s="28">
         <v>1778167</v>
       </c>
       <c r="G934" s="35" t="s">
-        <v>1931</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1929</v>
+      </c>
+      <c r="H934" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I934" s="33" t="s">
-        <v>1274</v>
+        <v>1272</v>
       </c>
       <c r="J934" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K934" s="34"/>
     </row>
     <row r="935" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A935" s="28">
         <v>933</v>
       </c>
       <c r="B935" s="29">
         <v>45990</v>
       </c>
       <c r="C935" s="30" t="s">
-        <v>1912</v>
+        <v>1910</v>
       </c>
       <c r="D935" s="31">
         <v>10</v>
       </c>
       <c r="E935" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F935" s="28">
         <v>1778201</v>
       </c>
       <c r="G935" s="35" t="s">
-        <v>1932</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1930</v>
+      </c>
+      <c r="H935" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I935" s="33" t="s">
-        <v>1274</v>
+        <v>1272</v>
       </c>
       <c r="J935" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K935" s="34" t="s">
-        <v>1950</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="936" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A936" s="28">
         <v>934</v>
       </c>
       <c r="B936" s="29">
         <v>45990</v>
       </c>
       <c r="C936" s="30" t="s">
-        <v>1913</v>
+        <v>1911</v>
       </c>
       <c r="D936" s="31">
         <v>10</v>
       </c>
       <c r="E936" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F936" s="28">
         <v>1778208</v>
       </c>
       <c r="G936" s="32" t="s">
-        <v>1933</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>1931</v>
+      </c>
+      <c r="H936" s="33" t="s">
+        <v>2038</v>
       </c>
       <c r="I936" s="33" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="J936" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K936" s="34"/>
     </row>
     <row r="937" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A937" s="28">
         <v>935</v>
       </c>
       <c r="B937" s="29">
         <v>45990</v>
       </c>
       <c r="C937" s="30" t="s">
-        <v>1914</v>
+        <v>1912</v>
       </c>
       <c r="D937" s="31">
         <v>5</v>
       </c>
       <c r="E937" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F937" s="28">
         <v>1778296</v>
       </c>
       <c r="G937" s="35">
         <v>4012746647</v>
       </c>
       <c r="H937" s="33" t="s">
         <v>150</v>
       </c>
       <c r="I937" s="33" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="J937" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K937" s="34"/>
     </row>
     <row r="938" spans="1:11" s="23" customFormat="1" ht="156.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A938" s="28">
         <v>936</v>
       </c>
       <c r="B938" s="29">
         <v>45990</v>
       </c>
       <c r="C938" s="30" t="s">
-        <v>1915</v>
+        <v>1913</v>
       </c>
       <c r="D938" s="31">
         <v>17.5</v>
       </c>
       <c r="E938" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F938" s="28">
         <v>1778402</v>
       </c>
       <c r="G938" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H938" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I938" s="33" t="s">
-        <v>1945</v>
+        <v>1943</v>
       </c>
       <c r="J938" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K938" s="34" t="s">
-        <v>1953</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="939" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A939" s="28">
         <v>937</v>
       </c>
       <c r="B939" s="29">
         <v>45990</v>
       </c>
       <c r="C939" s="30" t="s">
-        <v>1916</v>
+        <v>1914</v>
       </c>
       <c r="D939" s="31">
         <v>17.5</v>
       </c>
       <c r="E939" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F939" s="28">
         <v>1778403</v>
       </c>
       <c r="G939" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H939" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I939" s="33" t="s">
-        <v>1945</v>
+        <v>1943</v>
       </c>
       <c r="J939" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K939" s="34" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="940" spans="1:11" s="23" customFormat="1" ht="157.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A940" s="28">
         <v>938</v>
       </c>
       <c r="B940" s="29">
         <v>45990</v>
       </c>
       <c r="C940" s="30" t="s">
-        <v>1917</v>
+        <v>1915</v>
       </c>
       <c r="D940" s="31">
         <v>17.5</v>
       </c>
       <c r="E940" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F940" s="28">
         <v>1778396</v>
       </c>
       <c r="G940" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H940" s="33" t="s">
         <v>264</v>
       </c>
       <c r="I940" s="33" t="s">
-        <v>1945</v>
+        <v>1943</v>
       </c>
       <c r="J940" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K940" s="34" t="s">
-        <v>1955</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="941" spans="1:11" s="23" customFormat="1" ht="135" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A941" s="28">
         <v>939</v>
       </c>
       <c r="B941" s="29">
         <v>45991</v>
       </c>
       <c r="C941" s="30" t="s">
-        <v>1918</v>
+        <v>1916</v>
       </c>
       <c r="D941" s="31">
         <v>10</v>
       </c>
       <c r="E941" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F941" s="28">
         <v>1778489</v>
       </c>
       <c r="G941" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H941" s="33" t="s">
         <v>39</v>
       </c>
       <c r="I941" s="33" t="s">
-        <v>1952</v>
+        <v>1950</v>
       </c>
       <c r="J941" s="28" t="s">
         <v>24</v>
       </c>
       <c r="K941" s="34" t="s">
-        <v>1951</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="942" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A942" s="28">
         <v>940</v>
       </c>
       <c r="B942" s="29">
         <v>45991</v>
       </c>
       <c r="C942" s="30" t="s">
-        <v>1919</v>
+        <v>1917</v>
       </c>
       <c r="D942" s="31">
         <v>25</v>
       </c>
       <c r="E942" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F942" s="28">
         <v>1778530</v>
       </c>
       <c r="G942" s="35" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="H942" s="33" t="s">
         <v>150</v>
       </c>
       <c r="I942" s="33" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="J942" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K942" s="34"/>
     </row>
     <row r="943" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A943" s="28">
         <v>941</v>
       </c>
       <c r="B943" s="29">
         <v>45991</v>
       </c>
       <c r="C943" s="30" t="s">
-        <v>1920</v>
+        <v>1918</v>
       </c>
       <c r="D943" s="31">
         <v>20</v>
       </c>
       <c r="E943" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F943" s="28">
         <v>1778523</v>
       </c>
       <c r="G943" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H943" s="14" t="s">
         <v>380</v>
       </c>
       <c r="I943" s="33" t="s">
-        <v>1941</v>
+        <v>1939</v>
       </c>
       <c r="J943" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K943" s="34"/>
     </row>
     <row r="944" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A944" s="28">
         <v>942</v>
       </c>
       <c r="B944" s="29">
         <v>45991</v>
       </c>
       <c r="C944" s="30" t="s">
-        <v>1921</v>
+        <v>1919</v>
       </c>
       <c r="D944" s="31">
         <v>12</v>
       </c>
       <c r="E944" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F944" s="28">
         <v>1778533</v>
       </c>
       <c r="G944" s="35" t="s">
-        <v>1431</v>
+        <v>1429</v>
       </c>
       <c r="H944" s="33" t="s">
         <v>68</v>
       </c>
       <c r="I944" s="33" t="s">
-        <v>1432</v>
+        <v>1430</v>
       </c>
       <c r="J944" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K944" s="34"/>
     </row>
     <row r="945" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A945" s="28">
         <v>943</v>
       </c>
       <c r="B945" s="29">
         <v>45991</v>
       </c>
       <c r="C945" s="30" t="s">
-        <v>1922</v>
+        <v>1920</v>
       </c>
       <c r="D945" s="31">
         <v>12</v>
       </c>
       <c r="E945" s="12" t="s">
         <v>13</v>
       </c>
       <c r="F945" s="28">
         <v>1778544</v>
       </c>
       <c r="G945" s="35" t="s">
-        <v>1449</v>
+        <v>1447</v>
       </c>
       <c r="H945" s="33" t="s">
         <v>68</v>
       </c>
       <c r="I945" s="33" t="s">
-        <v>1432</v>
+        <v>1430</v>
       </c>
       <c r="J945" s="28" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="K945" s="34"/>
     </row>
-    <row r="946" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A946" s="41" t="s">
+    <row r="946" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A946" s="28">
+        <v>944</v>
+      </c>
+      <c r="B946" s="29">
+        <v>45995</v>
+      </c>
+      <c r="C946" s="30" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D946" s="31">
+        <v>15</v>
+      </c>
+      <c r="E946" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F946" s="28">
+        <v>1780548</v>
+      </c>
+      <c r="G946" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H946" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I946" s="33" t="s">
+        <v>2039</v>
+      </c>
+      <c r="J946" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K946" s="34" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="947" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A947" s="28">
+        <v>945</v>
+      </c>
+      <c r="B947" s="29">
+        <v>46006</v>
+      </c>
+      <c r="C947" s="30" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D947" s="31">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="E947" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F947" s="28">
+        <v>1785634</v>
+      </c>
+      <c r="G947" s="35" t="s">
+        <v>2024</v>
+      </c>
+      <c r="H947" s="33" t="s">
+        <v>150</v>
+      </c>
+      <c r="I947" s="33" t="s">
+        <v>749</v>
+      </c>
+      <c r="J947" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K947" s="34" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="948" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A948" s="28">
+        <v>946</v>
+      </c>
+      <c r="B948" s="29">
+        <v>46008</v>
+      </c>
+      <c r="C948" s="30" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D948" s="31">
+        <v>10</v>
+      </c>
+      <c r="E948" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F948" s="28">
+        <v>1786786</v>
+      </c>
+      <c r="G948" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H948" s="33" t="s">
+        <v>150</v>
+      </c>
+      <c r="I948" s="33" t="s">
+        <v>1692</v>
+      </c>
+      <c r="J948" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K948" s="38"/>
+    </row>
+    <row r="949" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A949" s="28">
+        <v>947</v>
+      </c>
+      <c r="B949" s="29">
+        <v>46009</v>
+      </c>
+      <c r="C949" s="30" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D949" s="31">
+        <v>6.4</v>
+      </c>
+      <c r="E949" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F949" s="28">
+        <v>1787265</v>
+      </c>
+      <c r="G949" s="35" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H949" s="33" t="s">
+        <v>1434</v>
+      </c>
+      <c r="I949" s="33" t="s">
+        <v>285</v>
+      </c>
+      <c r="J949" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K949" s="34" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="950" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A950" s="28">
+        <v>948</v>
+      </c>
+      <c r="B950" s="29">
+        <v>46013</v>
+      </c>
+      <c r="C950" s="30" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D950" s="31">
+        <v>12</v>
+      </c>
+      <c r="E950" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F950" s="28">
+        <v>1788811</v>
+      </c>
+      <c r="G950" s="35" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H950" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="I950" s="33" t="s">
+        <v>1293</v>
+      </c>
+      <c r="J950" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K950" s="38"/>
+    </row>
+    <row r="951" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A951" s="28">
+        <v>949</v>
+      </c>
+      <c r="B951" s="29">
+        <v>46014</v>
+      </c>
+      <c r="C951" s="30" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D951" s="31">
+        <v>10</v>
+      </c>
+      <c r="E951" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F951" s="28">
+        <v>1789463</v>
+      </c>
+      <c r="G951" s="35" t="s">
+        <v>2026</v>
+      </c>
+      <c r="H951" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I951" s="33" t="s">
+        <v>512</v>
+      </c>
+      <c r="J951" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K951" s="34" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="952" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A952" s="28">
+        <v>950</v>
+      </c>
+      <c r="B952" s="29">
+        <v>46014</v>
+      </c>
+      <c r="C952" s="30" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D952" s="31">
+        <v>20</v>
+      </c>
+      <c r="E952" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F952" s="28">
+        <v>1789476</v>
+      </c>
+      <c r="G952" s="35" t="s">
+        <v>2027</v>
+      </c>
+      <c r="H952" s="33" t="s">
+        <v>55</v>
+      </c>
+      <c r="I952" s="33" t="s">
+        <v>2040</v>
+      </c>
+      <c r="J952" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K952" s="34" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="953" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A953" s="28">
+        <v>951</v>
+      </c>
+      <c r="B953" s="29">
+        <v>46015</v>
+      </c>
+      <c r="C953" s="30" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D953" s="31">
+        <v>22</v>
+      </c>
+      <c r="E953" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F953" s="28">
+        <v>1789993</v>
+      </c>
+      <c r="G953" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H953" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="I953" s="33" t="s">
+        <v>2041</v>
+      </c>
+      <c r="J953" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K953" s="34" t="s">
+        <v>2073</v>
+      </c>
+    </row>
+    <row r="954" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A954" s="28">
+        <v>952</v>
+      </c>
+      <c r="B954" s="29">
+        <v>46015</v>
+      </c>
+      <c r="C954" s="30" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D954" s="31">
+        <v>22</v>
+      </c>
+      <c r="E954" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F954" s="28">
+        <v>1789995</v>
+      </c>
+      <c r="G954" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H954" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="I954" s="33" t="s">
+        <v>2041</v>
+      </c>
+      <c r="J954" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K954" s="34" t="s">
+        <v>2073</v>
+      </c>
+    </row>
+    <row r="955" spans="1:11" s="23" customFormat="1" ht="105" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A955" s="28">
+        <v>953</v>
+      </c>
+      <c r="B955" s="29">
+        <v>46015</v>
+      </c>
+      <c r="C955" s="30" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D955" s="31">
+        <v>15</v>
+      </c>
+      <c r="E955" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F955" s="28">
+        <v>1790338</v>
+      </c>
+      <c r="G955" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H955" s="33" t="s">
+        <v>63</v>
+      </c>
+      <c r="I955" s="33" t="s">
+        <v>2042</v>
+      </c>
+      <c r="J955" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K955" s="34" t="s">
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="956" spans="1:11" s="23" customFormat="1" ht="102.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A956" s="28">
+        <v>954</v>
+      </c>
+      <c r="B956" s="29">
+        <v>46016</v>
+      </c>
+      <c r="C956" s="30" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D956" s="31">
+        <v>16.8</v>
+      </c>
+      <c r="E956" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F956" s="28">
+        <v>1791223</v>
+      </c>
+      <c r="G956" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H956" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I956" s="33" t="s">
+        <v>2043</v>
+      </c>
+      <c r="J956" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K956" s="34" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="957" spans="1:11" s="23" customFormat="1" ht="111.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A957" s="28">
+        <v>955</v>
+      </c>
+      <c r="B957" s="29">
+        <v>46016</v>
+      </c>
+      <c r="C957" s="30" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D957" s="31">
+        <v>7.84</v>
+      </c>
+      <c r="E957" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F957" s="28">
+        <v>1791473</v>
+      </c>
+      <c r="G957" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H957" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I957" s="33" t="s">
+        <v>2043</v>
+      </c>
+      <c r="J957" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K957" s="34" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="958" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A958" s="28">
+        <v>956</v>
+      </c>
+      <c r="B958" s="29">
+        <v>46017</v>
+      </c>
+      <c r="C958" s="30" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D958" s="31">
+        <v>10</v>
+      </c>
+      <c r="E958" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F958" s="28">
+        <v>1792674</v>
+      </c>
+      <c r="G958" s="35" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H958" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I958" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J958" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K958" s="34" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="959" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A959" s="28">
+        <v>957</v>
+      </c>
+      <c r="B959" s="29">
+        <v>46017</v>
+      </c>
+      <c r="C959" s="30" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D959" s="31">
+        <v>10</v>
+      </c>
+      <c r="E959" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F959" s="28">
+        <v>1792659</v>
+      </c>
+      <c r="G959" s="35" t="s">
+        <v>1832</v>
+      </c>
+      <c r="H959" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I959" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J959" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K959" s="34" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="960" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A960" s="28">
+        <v>958</v>
+      </c>
+      <c r="B960" s="29">
+        <v>46017</v>
+      </c>
+      <c r="C960" s="30" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D960" s="31">
+        <v>10</v>
+      </c>
+      <c r="E960" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F960" s="28">
+        <v>1792700</v>
+      </c>
+      <c r="G960" s="35" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H960" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I960" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J960" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K960" s="34" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="961" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A961" s="28">
+        <v>959</v>
+      </c>
+      <c r="B961" s="29">
+        <v>46017</v>
+      </c>
+      <c r="C961" s="30" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D961" s="31">
+        <v>10</v>
+      </c>
+      <c r="E961" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F961" s="28">
+        <v>1792714</v>
+      </c>
+      <c r="G961" s="35" t="s">
+        <v>1834</v>
+      </c>
+      <c r="H961" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I961" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J961" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K961" s="34" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="962" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A962" s="28">
+        <v>960</v>
+      </c>
+      <c r="B962" s="29">
+        <v>46017</v>
+      </c>
+      <c r="C962" s="30" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D962" s="31">
+        <v>10</v>
+      </c>
+      <c r="E962" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F962" s="28">
+        <v>1792715</v>
+      </c>
+      <c r="G962" s="35" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H962" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I962" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J962" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K962" s="34" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="963" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A963" s="28">
+        <v>961</v>
+      </c>
+      <c r="B963" s="29">
+        <v>46017</v>
+      </c>
+      <c r="C963" s="30" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D963" s="31">
+        <v>10</v>
+      </c>
+      <c r="E963" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F963" s="28">
+        <v>1792697</v>
+      </c>
+      <c r="G963" s="35" t="s">
+        <v>1836</v>
+      </c>
+      <c r="H963" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I963" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J963" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K963" s="34" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="964" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A964" s="28">
+        <v>962</v>
+      </c>
+      <c r="B964" s="29">
+        <v>46019</v>
+      </c>
+      <c r="C964" s="30" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D964" s="31">
+        <v>8.5399999999999991</v>
+      </c>
+      <c r="E964" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F964" s="28">
+        <v>1793226</v>
+      </c>
+      <c r="G964" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H964" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I964" s="33" t="s">
+        <v>2044</v>
+      </c>
+      <c r="J964" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K964" s="34" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="965" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A965" s="28">
+        <v>963</v>
+      </c>
+      <c r="B965" s="29">
+        <v>46019</v>
+      </c>
+      <c r="C965" s="30" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D965" s="31">
+        <v>8</v>
+      </c>
+      <c r="E965" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F965" s="28">
+        <v>1793156</v>
+      </c>
+      <c r="G965" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H965" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I965" s="33" t="s">
+        <v>1936</v>
+      </c>
+      <c r="J965" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K965" s="38"/>
+    </row>
+    <row r="966" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A966" s="28">
+        <v>964</v>
+      </c>
+      <c r="B966" s="29">
+        <v>46020</v>
+      </c>
+      <c r="C966" s="30" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D966" s="31">
+        <v>10</v>
+      </c>
+      <c r="E966" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F966" s="28">
+        <v>1793731</v>
+      </c>
+      <c r="G966" s="35" t="s">
+        <v>1827</v>
+      </c>
+      <c r="H966" s="33" t="s">
+        <v>86</v>
+      </c>
+      <c r="I966" s="33" t="s">
+        <v>1476</v>
+      </c>
+      <c r="J966" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K966" s="38"/>
+    </row>
+    <row r="967" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A967" s="28">
+        <v>965</v>
+      </c>
+      <c r="B967" s="29">
+        <v>46020</v>
+      </c>
+      <c r="C967" s="30" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D967" s="31">
+        <v>15</v>
+      </c>
+      <c r="E967" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F967" s="28">
+        <v>1793784</v>
+      </c>
+      <c r="G967" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H967" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I967" s="33" t="s">
+        <v>2045</v>
+      </c>
+      <c r="J967" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K967" s="34" t="s">
+        <v>2068</v>
+      </c>
+    </row>
+    <row r="968" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A968" s="28">
+        <v>966</v>
+      </c>
+      <c r="B968" s="29">
+        <v>46020</v>
+      </c>
+      <c r="C968" s="30" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D968" s="31">
+        <v>15</v>
+      </c>
+      <c r="E968" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F968" s="28">
+        <v>1793813</v>
+      </c>
+      <c r="G968" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H968" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I968" s="33" t="s">
+        <v>2045</v>
+      </c>
+      <c r="J968" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K968" s="34" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="969" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A969" s="28">
+        <v>967</v>
+      </c>
+      <c r="B969" s="29">
+        <v>46020</v>
+      </c>
+      <c r="C969" s="30" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D969" s="31">
+        <v>10</v>
+      </c>
+      <c r="E969" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F969" s="28">
+        <v>1793850</v>
+      </c>
+      <c r="G969" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H969" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I969" s="33" t="s">
+        <v>1845</v>
+      </c>
+      <c r="J969" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K969" s="34" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="970" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A970" s="28">
+        <v>968</v>
+      </c>
+      <c r="B970" s="29">
+        <v>46021</v>
+      </c>
+      <c r="C970" s="30" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D970" s="31">
+        <v>15</v>
+      </c>
+      <c r="E970" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F970" s="28">
+        <v>1794094</v>
+      </c>
+      <c r="G970" s="35" t="s">
+        <v>2028</v>
+      </c>
+      <c r="H970" s="33" t="s">
+        <v>150</v>
+      </c>
+      <c r="I970" s="33" t="s">
+        <v>2046</v>
+      </c>
+      <c r="J970" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K970" s="38"/>
+    </row>
+    <row r="971" spans="1:11" s="23" customFormat="1" ht="111.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A971" s="28">
+        <v>969</v>
+      </c>
+      <c r="B971" s="29">
+        <v>46021</v>
+      </c>
+      <c r="C971" s="30" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D971" s="31">
+        <v>8</v>
+      </c>
+      <c r="E971" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F971" s="28">
+        <v>1794095</v>
+      </c>
+      <c r="G971" s="35" t="s">
+        <v>2029</v>
+      </c>
+      <c r="H971" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I971" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J971" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K971" s="34" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="972" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A972" s="28">
+        <v>970</v>
+      </c>
+      <c r="B972" s="29">
+        <v>46021</v>
+      </c>
+      <c r="C972" s="30" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D972" s="31">
+        <v>7.28</v>
+      </c>
+      <c r="E972" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F972" s="28">
+        <v>1794134</v>
+      </c>
+      <c r="G972" s="35" t="s">
+        <v>2030</v>
+      </c>
+      <c r="H972" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I972" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J972" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K972" s="34" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="973" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A973" s="28">
+        <v>971</v>
+      </c>
+      <c r="B973" s="29">
+        <v>46021</v>
+      </c>
+      <c r="C973" s="30" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D973" s="31">
+        <v>7.28</v>
+      </c>
+      <c r="E973" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F973" s="28">
+        <v>1794141</v>
+      </c>
+      <c r="G973" s="35" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H973" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I973" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J973" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K973" s="34" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="974" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A974" s="28">
+        <v>972</v>
+      </c>
+      <c r="B974" s="29">
+        <v>46021</v>
+      </c>
+      <c r="C974" s="30" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D974" s="31">
+        <v>8</v>
+      </c>
+      <c r="E974" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F974" s="28">
+        <v>1794180</v>
+      </c>
+      <c r="G974" s="35" t="s">
+        <v>2032</v>
+      </c>
+      <c r="H974" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I974" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J974" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K974" s="34" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="975" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A975" s="28">
+        <v>973</v>
+      </c>
+      <c r="B975" s="29">
+        <v>46021</v>
+      </c>
+      <c r="C975" s="30" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D975" s="31">
+        <v>7.28</v>
+      </c>
+      <c r="E975" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F975" s="28">
+        <v>1794242</v>
+      </c>
+      <c r="G975" s="35" t="s">
+        <v>2033</v>
+      </c>
+      <c r="H975" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I975" s="33" t="s">
+        <v>2049</v>
+      </c>
+      <c r="J975" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K975" s="34" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="976" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A976" s="28">
+        <v>974</v>
+      </c>
+      <c r="B976" s="29">
+        <v>46021</v>
+      </c>
+      <c r="C976" s="30" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D976" s="31">
+        <v>7.28</v>
+      </c>
+      <c r="E976" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F976" s="28">
+        <v>1794247</v>
+      </c>
+      <c r="G976" s="35" t="s">
+        <v>2034</v>
+      </c>
+      <c r="H976" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I976" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J976" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K976" s="34" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="977" spans="1:11" s="23" customFormat="1" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A977" s="28">
+        <v>975</v>
+      </c>
+      <c r="B977" s="29">
+        <v>46021</v>
+      </c>
+      <c r="C977" s="30" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D977" s="31">
+        <v>10</v>
+      </c>
+      <c r="E977" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F977" s="28">
+        <v>1794416</v>
+      </c>
+      <c r="G977" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H977" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I977" s="33" t="s">
+        <v>2050</v>
+      </c>
+      <c r="J977" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K977" s="34" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="978" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A978" s="28">
+        <v>976</v>
+      </c>
+      <c r="B978" s="29">
+        <v>46021</v>
+      </c>
+      <c r="C978" s="30" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D978" s="31">
+        <v>25</v>
+      </c>
+      <c r="E978" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F978" s="28">
+        <v>1794483</v>
+      </c>
+      <c r="G978" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H978" s="33" t="s">
+        <v>63</v>
+      </c>
+      <c r="I978" s="33" t="s">
+        <v>2051</v>
+      </c>
+      <c r="J978" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K978" s="34" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="979" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A979" s="28">
+        <v>977</v>
+      </c>
+      <c r="B979" s="29">
+        <v>46021</v>
+      </c>
+      <c r="C979" s="30" t="s">
+        <v>1995</v>
+      </c>
+      <c r="D979" s="31">
+        <v>10</v>
+      </c>
+      <c r="E979" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F979" s="28">
+        <v>1794531</v>
+      </c>
+      <c r="G979" s="35" t="s">
+        <v>2035</v>
+      </c>
+      <c r="H979" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="I979" s="33" t="s">
+        <v>421</v>
+      </c>
+      <c r="J979" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K979" s="38"/>
+    </row>
+    <row r="980" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A980" s="28">
+        <v>978</v>
+      </c>
+      <c r="B980" s="29">
+        <v>46021</v>
+      </c>
+      <c r="C980" s="30" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D980" s="31">
+        <v>15</v>
+      </c>
+      <c r="E980" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F980" s="28">
+        <v>1794534</v>
+      </c>
+      <c r="G980" s="35" t="s">
+        <v>2036</v>
+      </c>
+      <c r="H980" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="I980" s="33" t="s">
+        <v>421</v>
+      </c>
+      <c r="J980" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K980" s="38"/>
+    </row>
+    <row r="981" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A981" s="28">
+        <v>979</v>
+      </c>
+      <c r="B981" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C981" s="30" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D981" s="31">
+        <v>20</v>
+      </c>
+      <c r="E981" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F981" s="28">
+        <v>1794693</v>
+      </c>
+      <c r="G981" s="35" t="s">
+        <v>1922</v>
+      </c>
+      <c r="H981" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="I981" s="33" t="s">
+        <v>1933</v>
+      </c>
+      <c r="J981" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K981" s="38"/>
+    </row>
+    <row r="982" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A982" s="28">
+        <v>980</v>
+      </c>
+      <c r="B982" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C982" s="30" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D982" s="31">
+        <v>20</v>
+      </c>
+      <c r="E982" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F982" s="28">
+        <v>1794684</v>
+      </c>
+      <c r="G982" s="35" t="s">
+        <v>1923</v>
+      </c>
+      <c r="H982" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="I982" s="33" t="s">
+        <v>1933</v>
+      </c>
+      <c r="J982" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K982" s="38"/>
+    </row>
+    <row r="983" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A983" s="28">
+        <v>981</v>
+      </c>
+      <c r="B983" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C983" s="30" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D983" s="31">
+        <v>10</v>
+      </c>
+      <c r="E983" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F983" s="28">
+        <v>1794818</v>
+      </c>
+      <c r="G983" s="35" t="s">
+        <v>2037</v>
+      </c>
+      <c r="H983" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I983" s="33" t="s">
+        <v>2052</v>
+      </c>
+      <c r="J983" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K983" s="38"/>
+    </row>
+    <row r="984" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A984" s="28">
+        <v>982</v>
+      </c>
+      <c r="B984" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C984" s="30" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D984" s="31">
+        <v>8</v>
+      </c>
+      <c r="E984" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F984" s="28">
+        <v>1794822</v>
+      </c>
+      <c r="G984" s="35">
+        <v>4013432613</v>
+      </c>
+      <c r="H984" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I984" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J984" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K984" s="34" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="985" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A985" s="28">
+        <v>983</v>
+      </c>
+      <c r="B985" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C985" s="30" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D985" s="31">
+        <v>10</v>
+      </c>
+      <c r="E985" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F985" s="28">
+        <v>1794819</v>
+      </c>
+      <c r="G985" s="35">
+        <v>4013514523</v>
+      </c>
+      <c r="H985" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I985" s="33" t="s">
+        <v>2053</v>
+      </c>
+      <c r="J985" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K985" s="38"/>
+    </row>
+    <row r="986" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A986" s="28">
+        <v>984</v>
+      </c>
+      <c r="B986" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C986" s="30" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D986" s="31">
+        <v>10</v>
+      </c>
+      <c r="E986" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F986" s="28">
+        <v>1794834</v>
+      </c>
+      <c r="G986" s="35">
+        <v>4013514594</v>
+      </c>
+      <c r="H986" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I986" s="33" t="s">
+        <v>2053</v>
+      </c>
+      <c r="J986" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K986" s="38"/>
+    </row>
+    <row r="987" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A987" s="28">
+        <v>985</v>
+      </c>
+      <c r="B987" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C987" s="30" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D987" s="31">
+        <v>10</v>
+      </c>
+      <c r="E987" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F987" s="28">
+        <v>1794851</v>
+      </c>
+      <c r="G987" s="35">
+        <v>4013514680</v>
+      </c>
+      <c r="H987" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I987" s="33" t="s">
+        <v>2054</v>
+      </c>
+      <c r="J987" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K987" s="38"/>
+    </row>
+    <row r="988" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A988" s="28">
+        <v>986</v>
+      </c>
+      <c r="B988" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C988" s="30" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D988" s="31">
+        <v>10</v>
+      </c>
+      <c r="E988" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F988" s="28">
+        <v>1794826</v>
+      </c>
+      <c r="G988" s="35">
+        <v>4013514776</v>
+      </c>
+      <c r="H988" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I988" s="33" t="s">
+        <v>2054</v>
+      </c>
+      <c r="J988" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K988" s="38"/>
+    </row>
+    <row r="989" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A989" s="28">
+        <v>987</v>
+      </c>
+      <c r="B989" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C989" s="30" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D989" s="31">
+        <v>8</v>
+      </c>
+      <c r="E989" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F989" s="28">
+        <v>1794828</v>
+      </c>
+      <c r="G989" s="35">
+        <v>4013432409</v>
+      </c>
+      <c r="H989" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I989" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J989" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K989" s="34" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="990" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A990" s="28">
+        <v>988</v>
+      </c>
+      <c r="B990" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C990" s="30" t="s">
+        <v>2007</v>
+      </c>
+      <c r="D990" s="31">
+        <v>10</v>
+      </c>
+      <c r="E990" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F990" s="28">
+        <v>1794852</v>
+      </c>
+      <c r="G990" s="35">
+        <v>4013514856</v>
+      </c>
+      <c r="H990" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I990" s="33" t="s">
+        <v>2054</v>
+      </c>
+      <c r="J990" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K990" s="38"/>
+    </row>
+    <row r="991" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A991" s="28">
+        <v>989</v>
+      </c>
+      <c r="B991" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C991" s="30" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D991" s="31">
+        <v>10</v>
+      </c>
+      <c r="E991" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F991" s="28">
+        <v>1794858</v>
+      </c>
+      <c r="G991" s="35">
+        <v>4013514944</v>
+      </c>
+      <c r="H991" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I991" s="33" t="s">
+        <v>2054</v>
+      </c>
+      <c r="J991" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K991" s="38"/>
+    </row>
+    <row r="992" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A992" s="28">
+        <v>990</v>
+      </c>
+      <c r="B992" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C992" s="30" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D992" s="31">
+        <v>10</v>
+      </c>
+      <c r="E992" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F992" s="28">
+        <v>1794836</v>
+      </c>
+      <c r="G992" s="35">
+        <v>4013467392</v>
+      </c>
+      <c r="H992" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I992" s="33" t="s">
+        <v>2054</v>
+      </c>
+      <c r="J992" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K992" s="38"/>
+    </row>
+    <row r="993" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A993" s="28">
+        <v>991</v>
+      </c>
+      <c r="B993" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C993" s="30" t="s">
+        <v>2010</v>
+      </c>
+      <c r="D993" s="31">
+        <v>10</v>
+      </c>
+      <c r="E993" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F993" s="28">
+        <v>1794845</v>
+      </c>
+      <c r="G993" s="35">
+        <v>4013467469</v>
+      </c>
+      <c r="H993" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I993" s="33" t="s">
+        <v>2054</v>
+      </c>
+      <c r="J993" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K993" s="34" t="s">
+        <v>2061</v>
+      </c>
+    </row>
+    <row r="994" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A994" s="28">
+        <v>992</v>
+      </c>
+      <c r="B994" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C994" s="30" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D994" s="31">
+        <v>8</v>
+      </c>
+      <c r="E994" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F994" s="28">
+        <v>1794934</v>
+      </c>
+      <c r="G994" s="35">
+        <v>4004653726</v>
+      </c>
+      <c r="H994" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I994" s="33" t="s">
+        <v>1078</v>
+      </c>
+      <c r="J994" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K994" s="38"/>
+    </row>
+    <row r="995" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A995" s="28">
+        <v>993</v>
+      </c>
+      <c r="B995" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C995" s="30" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D995" s="31">
+        <v>25</v>
+      </c>
+      <c r="E995" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F995" s="28">
+        <v>1794962</v>
+      </c>
+      <c r="G995" s="35">
+        <v>4013582406</v>
+      </c>
+      <c r="H995" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I995" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J995" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K995" s="34" t="s">
+        <v>2071</v>
+      </c>
+    </row>
+    <row r="996" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A996" s="28">
+        <v>994</v>
+      </c>
+      <c r="B996" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C996" s="30" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D996" s="31">
+        <v>13</v>
+      </c>
+      <c r="E996" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F996" s="28">
+        <v>1795030</v>
+      </c>
+      <c r="G996" s="35">
+        <v>4011968514</v>
+      </c>
+      <c r="H996" s="14" t="s">
+        <v>50</v>
+      </c>
+      <c r="I996" s="33" t="s">
+        <v>2055</v>
+      </c>
+      <c r="J996" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K996" s="34" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="997" spans="1:11" s="23" customFormat="1" ht="127.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A997" s="28">
+        <v>995</v>
+      </c>
+      <c r="B997" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C997" s="30" t="s">
+        <v>2014</v>
+      </c>
+      <c r="D997" s="31">
+        <v>15</v>
+      </c>
+      <c r="E997" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F997" s="28">
+        <v>1795042</v>
+      </c>
+      <c r="G997" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H997" s="33" t="s">
+        <v>55</v>
+      </c>
+      <c r="I997" s="33" t="s">
+        <v>2056</v>
+      </c>
+      <c r="J997" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K997" s="34" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="998" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A998" s="28">
+        <v>996</v>
+      </c>
+      <c r="B998" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C998" s="30" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D998" s="31">
+        <v>17.5</v>
+      </c>
+      <c r="E998" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F998" s="28">
+        <v>1795044</v>
+      </c>
+      <c r="G998" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H998" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I998" s="33" t="s">
+        <v>1932</v>
+      </c>
+      <c r="J998" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K998" s="38"/>
+    </row>
+    <row r="999" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A999" s="28">
+        <v>997</v>
+      </c>
+      <c r="B999" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C999" s="30" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D999" s="31">
+        <v>17.5</v>
+      </c>
+      <c r="E999" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F999" s="28">
+        <v>1795046</v>
+      </c>
+      <c r="G999" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H999" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I999" s="33" t="s">
+        <v>1932</v>
+      </c>
+      <c r="J999" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K999" s="38"/>
+    </row>
+    <row r="1000" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1000" s="28">
+        <v>998</v>
+      </c>
+      <c r="B1000" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C1000" s="30" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D1000" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1000" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1000" s="28">
+        <v>1795050</v>
+      </c>
+      <c r="G1000" s="35">
+        <v>4006022049</v>
+      </c>
+      <c r="H1000" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I1000" s="33" t="s">
+        <v>658</v>
+      </c>
+      <c r="J1000" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1000" s="34" t="s">
+        <v>2067</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:11" s="23" customFormat="1" ht="87.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1001" s="28">
+        <v>999</v>
+      </c>
+      <c r="B1001" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C1001" s="30" t="s">
+        <v>2018</v>
+      </c>
+      <c r="D1001" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1001" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1001" s="28">
+        <v>1795080</v>
+      </c>
+      <c r="G1001" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1001" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1001" s="33" t="s">
+        <v>1940</v>
+      </c>
+      <c r="J1001" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1001" s="34" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:11" s="23" customFormat="1" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1002" s="28">
+        <v>1000</v>
+      </c>
+      <c r="B1002" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C1002" s="30" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D1002" s="31">
+        <v>8</v>
+      </c>
+      <c r="E1002" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1002" s="28">
+        <v>1795052</v>
+      </c>
+      <c r="G1002" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1002" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1002" s="33" t="s">
+        <v>1940</v>
+      </c>
+      <c r="J1002" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1002" s="34" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1003" s="28">
+        <v>1001</v>
+      </c>
+      <c r="B1003" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C1003" s="30" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D1003" s="31">
+        <v>25</v>
+      </c>
+      <c r="E1003" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1003" s="28">
+        <v>1795077</v>
+      </c>
+      <c r="G1003" s="35">
+        <v>4005534679</v>
+      </c>
+      <c r="H1003" s="14" t="s">
+        <v>101</v>
+      </c>
+      <c r="I1003" s="33" t="s">
+        <v>1687</v>
+      </c>
+      <c r="J1003" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1003" s="38"/>
+    </row>
+    <row r="1004" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1004" s="28">
+        <v>1002</v>
+      </c>
+      <c r="B1004" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C1004" s="30" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D1004" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1004" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1004" s="28">
+        <v>1795085</v>
+      </c>
+      <c r="G1004" s="35">
+        <v>4013444269</v>
+      </c>
+      <c r="H1004" s="33" t="s">
+        <v>86</v>
+      </c>
+      <c r="I1004" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="J1004" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1004" s="34" t="s">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1005" s="28">
+        <v>1003</v>
+      </c>
+      <c r="B1005" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C1005" s="30" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D1005" s="31">
+        <v>13</v>
+      </c>
+      <c r="E1005" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1005" s="28">
+        <v>1795110</v>
+      </c>
+      <c r="G1005" s="35">
+        <v>4012506621</v>
+      </c>
+      <c r="H1005" s="33" t="s">
+        <v>1434</v>
+      </c>
+      <c r="I1005" s="33" t="s">
+        <v>2057</v>
+      </c>
+      <c r="J1005" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1005" s="38"/>
+    </row>
+    <row r="1006" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1006" s="28">
+        <v>1004</v>
+      </c>
+      <c r="B1006" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C1006" s="30" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D1006" s="31">
+        <v>25</v>
+      </c>
+      <c r="E1006" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1006" s="28">
+        <v>1795132</v>
+      </c>
+      <c r="G1006" s="35">
+        <v>4012384963</v>
+      </c>
+      <c r="H1006" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="I1006" s="33" t="s">
+        <v>1350</v>
+      </c>
+      <c r="J1006" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1006" s="38"/>
+    </row>
+    <row r="1007" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1007" s="28">
+        <v>1005</v>
+      </c>
+      <c r="B1007" s="29">
+        <v>46028</v>
+      </c>
+      <c r="C1007" s="30" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D1007" s="31">
+        <v>4.8</v>
+      </c>
+      <c r="E1007" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1007" s="28">
+        <v>1797687</v>
+      </c>
+      <c r="G1007" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1007" s="33" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1007" s="33" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J1007" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1007" s="34" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1008" s="28">
+        <v>1006</v>
+      </c>
+      <c r="B1008" s="29">
+        <v>46028</v>
+      </c>
+      <c r="C1008" s="30" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D1008" s="31">
+        <v>20</v>
+      </c>
+      <c r="E1008" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1008" s="28">
+        <v>1797722</v>
+      </c>
+      <c r="G1008" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1008" s="33" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1008" s="33" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J1008" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1008" s="34" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1009" s="28">
+        <v>1007</v>
+      </c>
+      <c r="B1009" s="29">
+        <v>46045</v>
+      </c>
+      <c r="C1009" s="30" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D1009" s="31">
+        <v>6.4</v>
+      </c>
+      <c r="E1009" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1009" s="28">
+        <v>1805050</v>
+      </c>
+      <c r="G1009" s="35">
+        <v>4013647800</v>
+      </c>
+      <c r="H1009" s="33" t="s">
+        <v>1434</v>
+      </c>
+      <c r="I1009" s="33" t="s">
+        <v>285</v>
+      </c>
+      <c r="J1009" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1009" s="38"/>
+    </row>
+    <row r="1010" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1010" s="28">
+        <v>1008</v>
+      </c>
+      <c r="B1010" s="29">
+        <v>46046</v>
+      </c>
+      <c r="C1010" s="30" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D1010" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1010" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1010" s="28">
+        <v>1805177</v>
+      </c>
+      <c r="G1010" s="35">
+        <v>4013444269</v>
+      </c>
+      <c r="H1010" s="33" t="s">
+        <v>86</v>
+      </c>
+      <c r="I1010" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="J1010" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1010" s="38"/>
+    </row>
+    <row r="1011" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1011" s="28">
+        <v>1009</v>
+      </c>
+      <c r="B1011" s="29">
+        <v>46047</v>
+      </c>
+      <c r="C1011" s="30" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D1011" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1011" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1011" s="28">
+        <v>1805292</v>
+      </c>
+      <c r="G1011" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1011" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1011" s="33" t="s">
+        <v>2152</v>
+      </c>
+      <c r="J1011" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1011" s="38"/>
+    </row>
+    <row r="1012" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1012" s="28">
+        <v>1010</v>
+      </c>
+      <c r="B1012" s="29">
+        <v>46047</v>
+      </c>
+      <c r="C1012" s="30" t="s">
+        <v>2080</v>
+      </c>
+      <c r="D1012" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1012" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1012" s="28">
+        <v>1805275</v>
+      </c>
+      <c r="G1012" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1012" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1012" s="33" t="s">
+        <v>2152</v>
+      </c>
+      <c r="J1012" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1012" s="38"/>
+    </row>
+    <row r="1013" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1013" s="28">
+        <v>1011</v>
+      </c>
+      <c r="B1013" s="29">
+        <v>46047</v>
+      </c>
+      <c r="C1013" s="30" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D1013" s="31">
+        <v>8</v>
+      </c>
+      <c r="E1013" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1013" s="28">
+        <v>1805361</v>
+      </c>
+      <c r="G1013" s="35">
+        <v>4003981430</v>
+      </c>
+      <c r="H1013" s="33" t="s">
+        <v>86</v>
+      </c>
+      <c r="I1013" s="33" t="s">
+        <v>2153</v>
+      </c>
+      <c r="J1013" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1013" s="34" t="s">
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1014" s="28">
+        <v>1012</v>
+      </c>
+      <c r="B1014" s="29">
+        <v>46048</v>
+      </c>
+      <c r="C1014" s="30" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D1014" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1014" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1014" s="28">
+        <v>1805756</v>
+      </c>
+      <c r="G1014" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1014" s="33" t="s">
+        <v>63</v>
+      </c>
+      <c r="I1014" s="33" t="s">
+        <v>2042</v>
+      </c>
+      <c r="J1014" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1014" s="38"/>
+    </row>
+    <row r="1015" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1015" s="28">
+        <v>1013</v>
+      </c>
+      <c r="B1015" s="29">
+        <v>46049</v>
+      </c>
+      <c r="C1015" s="30" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D1015" s="31">
+        <v>8.5399999999999991</v>
+      </c>
+      <c r="E1015" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1015" s="28">
+        <v>1806008</v>
+      </c>
+      <c r="G1015" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1015" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1015" s="33" t="s">
+        <v>2044</v>
+      </c>
+      <c r="J1015" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1015" s="34" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1016" s="28">
+        <v>1014</v>
+      </c>
+      <c r="B1016" s="29">
+        <v>46049</v>
+      </c>
+      <c r="C1016" s="30" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D1016" s="31">
+        <v>16.8</v>
+      </c>
+      <c r="E1016" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1016" s="28">
+        <v>1806172</v>
+      </c>
+      <c r="G1016" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1016" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1016" s="33" t="s">
+        <v>2043</v>
+      </c>
+      <c r="J1016" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1016" s="34" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1017" s="28">
+        <v>1015</v>
+      </c>
+      <c r="B1017" s="29">
+        <v>46049</v>
+      </c>
+      <c r="C1017" s="30" t="s">
+        <v>2085</v>
+      </c>
+      <c r="D1017" s="31">
+        <v>7.84</v>
+      </c>
+      <c r="E1017" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1017" s="28">
+        <v>1806193</v>
+      </c>
+      <c r="G1017" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1017" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1017" s="33" t="s">
+        <v>2043</v>
+      </c>
+      <c r="J1017" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1017" s="34" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1018" s="28">
+        <v>1016</v>
+      </c>
+      <c r="B1018" s="29">
+        <v>46049</v>
+      </c>
+      <c r="C1018" s="30" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D1018" s="31">
+        <v>5</v>
+      </c>
+      <c r="E1018" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1018" s="28">
+        <v>1806250</v>
+      </c>
+      <c r="G1018" s="35">
+        <v>4012746647</v>
+      </c>
+      <c r="H1018" s="33" t="s">
+        <v>150</v>
+      </c>
+      <c r="I1018" s="33" t="s">
+        <v>749</v>
+      </c>
+      <c r="J1018" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1018" s="34" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1019" s="28">
+        <v>1017</v>
+      </c>
+      <c r="B1019" s="29">
+        <v>46050</v>
+      </c>
+      <c r="C1019" s="30" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D1019" s="31">
+        <v>9</v>
+      </c>
+      <c r="E1019" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1019" s="28">
+        <v>1806581</v>
+      </c>
+      <c r="G1019" s="35">
+        <v>4006291705</v>
+      </c>
+      <c r="H1019" s="33" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1019" s="33" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J1019" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1019" s="38"/>
+    </row>
+    <row r="1020" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1020" s="28">
+        <v>1018</v>
+      </c>
+      <c r="B1020" s="29">
+        <v>46050</v>
+      </c>
+      <c r="C1020" s="30" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D1020" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1020" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1020" s="28">
+        <v>1806782</v>
+      </c>
+      <c r="G1020" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1020" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1020" s="33" t="s">
+        <v>1845</v>
+      </c>
+      <c r="J1020" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1020" s="38"/>
+    </row>
+    <row r="1021" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1021" s="28">
+        <v>1019</v>
+      </c>
+      <c r="B1021" s="29">
+        <v>46050</v>
+      </c>
+      <c r="C1021" s="30" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D1021" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1021" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1021" s="28">
+        <v>1806809</v>
+      </c>
+      <c r="G1021" s="35">
+        <v>4006022049</v>
+      </c>
+      <c r="H1021" s="33" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I1021" s="33" t="s">
+        <v>658</v>
+      </c>
+      <c r="J1021" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1021" s="34" t="s">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1022" s="28">
+        <v>1020</v>
+      </c>
+      <c r="B1022" s="29">
+        <v>46050</v>
+      </c>
+      <c r="C1022" s="30" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D1022" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1022" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1022" s="28">
+        <v>1806847</v>
+      </c>
+      <c r="G1022" s="35">
+        <v>4011713695</v>
+      </c>
+      <c r="H1022" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I1022" s="33" t="s">
+        <v>512</v>
+      </c>
+      <c r="J1022" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1022" s="38"/>
+    </row>
+    <row r="1023" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1023" s="28">
+        <v>1021</v>
+      </c>
+      <c r="B1023" s="29">
+        <v>46050</v>
+      </c>
+      <c r="C1023" s="30" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D1023" s="31">
+        <v>3</v>
+      </c>
+      <c r="E1023" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1023" s="28">
+        <v>1806893</v>
+      </c>
+      <c r="G1023" s="35">
+        <v>4012432180</v>
+      </c>
+      <c r="H1023" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="I1023" s="33" t="s">
+        <v>426</v>
+      </c>
+      <c r="J1023" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1023" s="34" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1024" s="28">
+        <v>1022</v>
+      </c>
+      <c r="B1024" s="29">
+        <v>46050</v>
+      </c>
+      <c r="C1024" s="30" t="s">
+        <v>2092</v>
+      </c>
+      <c r="D1024" s="31">
+        <v>3</v>
+      </c>
+      <c r="E1024" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1024" s="28">
+        <v>1806865</v>
+      </c>
+      <c r="G1024" s="35">
+        <v>4012432194</v>
+      </c>
+      <c r="H1024" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="I1024" s="33" t="s">
+        <v>426</v>
+      </c>
+      <c r="J1024" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1024" s="38"/>
+    </row>
+    <row r="1025" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1025" s="28">
+        <v>1023</v>
+      </c>
+      <c r="B1025" s="29">
+        <v>46051</v>
+      </c>
+      <c r="C1025" s="30" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D1025" s="31">
+        <v>20</v>
+      </c>
+      <c r="E1025" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1025" s="28">
+        <v>1807149</v>
+      </c>
+      <c r="G1025" s="35">
+        <v>4013469272</v>
+      </c>
+      <c r="H1025" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="I1025" s="33" t="s">
+        <v>1743</v>
+      </c>
+      <c r="J1025" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1025" s="38"/>
+    </row>
+    <row r="1026" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1026" s="28">
+        <v>1024</v>
+      </c>
+      <c r="B1026" s="29">
+        <v>46052</v>
+      </c>
+      <c r="C1026" s="30" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D1026" s="31">
+        <v>22</v>
+      </c>
+      <c r="E1026" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1026" s="28">
+        <v>1807517</v>
+      </c>
+      <c r="G1026" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1026" s="33" t="s">
+        <v>55</v>
+      </c>
+      <c r="I1026" s="33" t="s">
+        <v>2157</v>
+      </c>
+      <c r="J1026" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1026" s="34" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1027" s="28">
+        <v>1025</v>
+      </c>
+      <c r="B1027" s="29">
+        <v>46052</v>
+      </c>
+      <c r="C1027" s="30" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D1027" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1027" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1027" s="28">
+        <v>1807607</v>
+      </c>
+      <c r="G1027" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1027" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1027" s="33" t="s">
+        <v>2039</v>
+      </c>
+      <c r="J1027" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1027" s="38"/>
+    </row>
+    <row r="1028" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1028" s="28">
+        <v>1026</v>
+      </c>
+      <c r="B1028" s="29">
+        <v>46052</v>
+      </c>
+      <c r="C1028" s="30" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D1028" s="31">
+        <v>14.3</v>
+      </c>
+      <c r="E1028" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1028" s="28">
+        <v>1807647</v>
+      </c>
+      <c r="G1028" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1028" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1028" s="33" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J1028" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1028" s="34" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1029" s="28">
+        <v>1027</v>
+      </c>
+      <c r="B1029" s="29">
+        <v>46052</v>
+      </c>
+      <c r="C1029" s="30" t="s">
+        <v>2097</v>
+      </c>
+      <c r="D1029" s="31">
+        <v>15</v>
+      </c>
+      <c r="E1029" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1029" s="28">
+        <v>1807720</v>
+      </c>
+      <c r="G1029" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1029" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1029" s="33" t="s">
+        <v>2159</v>
+      </c>
+      <c r="J1029" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1029" s="34" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1030" s="28">
+        <v>1028</v>
+      </c>
+      <c r="B1030" s="29">
+        <v>46052</v>
+      </c>
+      <c r="C1030" s="30" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D1030" s="31">
+        <v>5</v>
+      </c>
+      <c r="E1030" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1030" s="28">
+        <v>1807727</v>
+      </c>
+      <c r="G1030" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1030" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1030" s="33" t="s">
+        <v>2159</v>
+      </c>
+      <c r="J1030" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1030" s="34" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1031" s="28">
+        <v>1029</v>
+      </c>
+      <c r="B1031" s="29">
+        <v>46052</v>
+      </c>
+      <c r="C1031" s="30" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D1031" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1031" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1031" s="28">
+        <v>1807850</v>
+      </c>
+      <c r="G1031" s="35">
+        <v>4006335777</v>
+      </c>
+      <c r="H1031" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1031" s="33" t="s">
+        <v>230</v>
+      </c>
+      <c r="J1031" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1031" s="38"/>
+    </row>
+    <row r="1032" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1032" s="28">
+        <v>1030</v>
+      </c>
+      <c r="B1032" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1032" s="30" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D1032" s="31">
+        <v>13</v>
+      </c>
+      <c r="E1032" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1032" s="28">
+        <v>1807891</v>
+      </c>
+      <c r="G1032" s="35">
+        <v>4011968514</v>
+      </c>
+      <c r="H1032" s="14" t="s">
+        <v>50</v>
+      </c>
+      <c r="I1032" s="33" t="s">
+        <v>2055</v>
+      </c>
+      <c r="J1032" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1032" s="34" t="s">
+        <v>2134</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1033" s="28">
+        <v>1031</v>
+      </c>
+      <c r="B1033" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1033" s="30" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D1033" s="31">
+        <v>7.28</v>
+      </c>
+      <c r="E1033" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1033" s="28">
+        <v>1807857</v>
+      </c>
+      <c r="G1033" s="35">
+        <v>4013432951</v>
+      </c>
+      <c r="H1033" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1033" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J1033" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1033" s="38"/>
+    </row>
+    <row r="1034" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1034" s="28">
+        <v>1032</v>
+      </c>
+      <c r="B1034" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1034" s="30" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D1034" s="31">
+        <v>8</v>
+      </c>
+      <c r="E1034" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1034" s="28">
+        <v>1807912</v>
+      </c>
+      <c r="G1034" s="35">
+        <v>4013432587</v>
+      </c>
+      <c r="H1034" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1034" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J1034" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1034" s="38"/>
+    </row>
+    <row r="1035" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1035" s="28">
+        <v>1033</v>
+      </c>
+      <c r="B1035" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1035" s="30" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D1035" s="31">
+        <v>7.28</v>
+      </c>
+      <c r="E1035" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1035" s="28">
+        <v>1807913</v>
+      </c>
+      <c r="G1035" s="35">
+        <v>4013447025</v>
+      </c>
+      <c r="H1035" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1035" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J1035" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1035" s="38"/>
+    </row>
+    <row r="1036" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1036" s="28">
+        <v>1034</v>
+      </c>
+      <c r="B1036" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1036" s="30" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D1036" s="31">
+        <v>7.28</v>
+      </c>
+      <c r="E1036" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1036" s="28">
+        <v>1807934</v>
+      </c>
+      <c r="G1036" s="35">
+        <v>4013446657</v>
+      </c>
+      <c r="H1036" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1036" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J1036" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1036" s="38"/>
+    </row>
+    <row r="1037" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1037" s="28">
+        <v>1035</v>
+      </c>
+      <c r="B1037" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1037" s="30" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D1037" s="31">
+        <v>7.28</v>
+      </c>
+      <c r="E1037" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1037" s="28">
+        <v>1807935</v>
+      </c>
+      <c r="G1037" s="35">
+        <v>4013432144</v>
+      </c>
+      <c r="H1037" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1037" s="33" t="s">
+        <v>2049</v>
+      </c>
+      <c r="J1037" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1037" s="38"/>
+    </row>
+    <row r="1038" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1038" s="28">
+        <v>1036</v>
+      </c>
+      <c r="B1038" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1038" s="30" t="s">
+        <v>2106</v>
+      </c>
+      <c r="D1038" s="31">
+        <v>8</v>
+      </c>
+      <c r="E1038" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1038" s="28">
+        <v>1807940</v>
+      </c>
+      <c r="G1038" s="35">
+        <v>4013447099</v>
+      </c>
+      <c r="H1038" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1038" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J1038" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1038" s="38"/>
+    </row>
+    <row r="1039" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1039" s="28">
+        <v>1037</v>
+      </c>
+      <c r="B1039" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1039" s="30" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D1039" s="31">
+        <v>8</v>
+      </c>
+      <c r="E1039" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1039" s="28">
+        <v>1807941</v>
+      </c>
+      <c r="G1039" s="35">
+        <v>4013432613</v>
+      </c>
+      <c r="H1039" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1039" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J1039" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1039" s="38"/>
+    </row>
+    <row r="1040" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1040" s="28">
+        <v>1038</v>
+      </c>
+      <c r="B1040" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1040" s="30" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D1040" s="31">
+        <v>17.600000000000001</v>
+      </c>
+      <c r="E1040" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1040" s="28">
+        <v>1807946</v>
+      </c>
+      <c r="G1040" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1040" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="I1040" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="J1040" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1040" s="38"/>
+    </row>
+    <row r="1041" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1041" s="28">
+        <v>1039</v>
+      </c>
+      <c r="B1041" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1041" s="30" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D1041" s="31">
+        <v>25</v>
+      </c>
+      <c r="E1041" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1041" s="28">
+        <v>1807982</v>
+      </c>
+      <c r="G1041" s="35">
+        <v>4013463596</v>
+      </c>
+      <c r="H1041" s="33" t="s">
+        <v>1434</v>
+      </c>
+      <c r="I1041" s="33" t="s">
+        <v>2154</v>
+      </c>
+      <c r="J1041" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1041" s="34" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1042" s="28">
+        <v>1040</v>
+      </c>
+      <c r="B1042" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1042" s="30" t="s">
+        <v>2110</v>
+      </c>
+      <c r="D1042" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1042" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1042" s="28">
+        <v>1808006</v>
+      </c>
+      <c r="G1042" s="35">
+        <v>4013786252</v>
+      </c>
+      <c r="H1042" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I1042" s="33" t="s">
+        <v>2155</v>
+      </c>
+      <c r="J1042" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1042" s="38"/>
+    </row>
+    <row r="1043" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1043" s="28">
+        <v>1041</v>
+      </c>
+      <c r="B1043" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1043" s="30" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D1043" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1043" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1043" s="28">
+        <v>1807986</v>
+      </c>
+      <c r="G1043" s="35">
+        <v>4013786218</v>
+      </c>
+      <c r="H1043" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="I1043" s="33" t="s">
+        <v>2155</v>
+      </c>
+      <c r="J1043" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1043" s="38"/>
+    </row>
+    <row r="1044" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1044" s="28">
+        <v>1042</v>
+      </c>
+      <c r="B1044" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1044" s="30" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D1044" s="31">
+        <v>6.8250000000000002</v>
+      </c>
+      <c r="E1044" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1044" s="28">
+        <v>1808030</v>
+      </c>
+      <c r="G1044" s="35">
+        <v>4013453334</v>
+      </c>
+      <c r="H1044" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1044" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J1044" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1044" s="38"/>
+    </row>
+    <row r="1045" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1045" s="28">
+        <v>1043</v>
+      </c>
+      <c r="B1045" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1045" s="30" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D1045" s="31">
+        <v>8</v>
+      </c>
+      <c r="E1045" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1045" s="28">
+        <v>1808024</v>
+      </c>
+      <c r="G1045" s="35">
+        <v>4013446766</v>
+      </c>
+      <c r="H1045" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1045" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J1045" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1045" s="34" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1046" s="28">
+        <v>1044</v>
+      </c>
+      <c r="B1046" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1046" s="30" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D1046" s="31">
+        <v>7.28</v>
+      </c>
+      <c r="E1046" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1046" s="28">
+        <v>1808032</v>
+      </c>
+      <c r="G1046" s="35">
+        <v>4013432952</v>
+      </c>
+      <c r="H1046" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1046" s="33" t="s">
+        <v>2049</v>
+      </c>
+      <c r="J1046" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1046" s="34" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1047" s="28">
+        <v>1045</v>
+      </c>
+      <c r="B1047" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1047" s="30" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D1047" s="31">
+        <v>6.8250000000000002</v>
+      </c>
+      <c r="E1047" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1047" s="28">
+        <v>1808033</v>
+      </c>
+      <c r="G1047" s="35">
+        <v>4013432150</v>
+      </c>
+      <c r="H1047" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1047" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J1047" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1047" s="34"/>
+    </row>
+    <row r="1048" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1048" s="28">
+        <v>1046</v>
+      </c>
+      <c r="B1048" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1048" s="30" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D1048" s="31">
+        <v>6.8250000000000002</v>
+      </c>
+      <c r="E1048" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1048" s="28">
+        <v>1808026</v>
+      </c>
+      <c r="G1048" s="35">
+        <v>4013432145</v>
+      </c>
+      <c r="H1048" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1048" s="33" t="s">
+        <v>2049</v>
+      </c>
+      <c r="J1048" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1048" s="34" t="s">
+        <v>2143</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1049" s="28">
+        <v>1047</v>
+      </c>
+      <c r="B1049" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1049" s="30" t="s">
+        <v>2117</v>
+      </c>
+      <c r="D1049" s="31">
+        <v>25</v>
+      </c>
+      <c r="E1049" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1049" s="28">
+        <v>1808051</v>
+      </c>
+      <c r="G1049" s="35">
+        <v>4013582406</v>
+      </c>
+      <c r="H1049" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1049" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J1049" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1049" s="34"/>
+    </row>
+    <row r="1050" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1050" s="28">
+        <v>1048</v>
+      </c>
+      <c r="B1050" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1050" s="30" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D1050" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1050" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1050" s="28">
+        <v>1808037</v>
+      </c>
+      <c r="G1050" s="35">
+        <v>4012746872</v>
+      </c>
+      <c r="H1050" s="33" t="s">
+        <v>150</v>
+      </c>
+      <c r="I1050" s="33" t="s">
+        <v>749</v>
+      </c>
+      <c r="J1050" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1050" s="34"/>
+    </row>
+    <row r="1051" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1051" s="28">
+        <v>1049</v>
+      </c>
+      <c r="B1051" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1051" s="30" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D1051" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1051" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1051" s="28">
+        <v>1808057</v>
+      </c>
+      <c r="G1051" s="35">
+        <v>4013489821</v>
+      </c>
+      <c r="H1051" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1051" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J1051" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1051" s="34" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1052" s="28">
+        <v>1050</v>
+      </c>
+      <c r="B1052" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1052" s="30" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D1052" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1052" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1052" s="28">
+        <v>1808059</v>
+      </c>
+      <c r="G1052" s="35">
+        <v>4013489822</v>
+      </c>
+      <c r="H1052" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1052" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J1052" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1052" s="34" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1053" s="28">
+        <v>1051</v>
+      </c>
+      <c r="B1053" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1053" s="30" t="s">
+        <v>2121</v>
+      </c>
+      <c r="D1053" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1053" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1053" s="28">
+        <v>1808039</v>
+      </c>
+      <c r="G1053" s="35">
+        <v>4013489823</v>
+      </c>
+      <c r="H1053" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1053" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J1053" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1053" s="34" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1054" s="28">
+        <v>1052</v>
+      </c>
+      <c r="B1054" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1054" s="30" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D1054" s="31">
+        <v>6.8250000000000002</v>
+      </c>
+      <c r="E1054" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1054" s="28">
+        <v>1808071</v>
+      </c>
+      <c r="G1054" s="35">
+        <v>4013432645</v>
+      </c>
+      <c r="H1054" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1054" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J1054" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1054" s="34"/>
+    </row>
+    <row r="1055" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1055" s="28">
+        <v>1053</v>
+      </c>
+      <c r="B1055" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1055" s="30" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D1055" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1055" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1055" s="28">
+        <v>1808074</v>
+      </c>
+      <c r="G1055" s="35">
+        <v>4013490048</v>
+      </c>
+      <c r="H1055" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1055" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J1055" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1055" s="34" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1056" s="28">
+        <v>1054</v>
+      </c>
+      <c r="B1056" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1056" s="30" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D1056" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1056" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1056" s="28">
+        <v>1808047</v>
+      </c>
+      <c r="G1056" s="35">
+        <v>4013490049</v>
+      </c>
+      <c r="H1056" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1056" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J1056" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1056" s="34" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1057" s="28">
+        <v>1055</v>
+      </c>
+      <c r="B1057" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1057" s="30" t="s">
+        <v>2125</v>
+      </c>
+      <c r="D1057" s="31">
+        <v>10</v>
+      </c>
+      <c r="E1057" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1057" s="28">
+        <v>1808077</v>
+      </c>
+      <c r="G1057" s="35">
+        <v>4013490050</v>
+      </c>
+      <c r="H1057" s="33" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I1057" s="33" t="s">
+        <v>1862</v>
+      </c>
+      <c r="J1057" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1057" s="34" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1058" s="28">
+        <v>1056</v>
+      </c>
+      <c r="B1058" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1058" s="30" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D1058" s="31">
+        <v>8</v>
+      </c>
+      <c r="E1058" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1058" s="28">
+        <v>1808092</v>
+      </c>
+      <c r="G1058" s="35">
+        <v>4013447102</v>
+      </c>
+      <c r="H1058" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1058" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J1058" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1058" s="34" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1059" s="28">
+        <v>1057</v>
+      </c>
+      <c r="B1059" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1059" s="30" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D1059" s="31">
+        <v>6.8250000000000002</v>
+      </c>
+      <c r="E1059" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1059" s="28">
+        <v>1808100</v>
+      </c>
+      <c r="G1059" s="35">
+        <v>4013432124</v>
+      </c>
+      <c r="H1059" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1059" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J1059" s="28" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K1059" s="34"/>
+    </row>
+    <row r="1060" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1060" s="28">
+        <v>1058</v>
+      </c>
+      <c r="B1060" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1060" s="30" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D1060" s="31">
+        <v>8.5</v>
+      </c>
+      <c r="E1060" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1060" s="28">
+        <v>1808105</v>
+      </c>
+      <c r="G1060" s="35">
+        <v>4006077512</v>
+      </c>
+      <c r="H1060" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1060" s="33" t="s">
+        <v>1747</v>
+      </c>
+      <c r="J1060" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1060" s="34" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1061" s="28">
+        <v>1059</v>
+      </c>
+      <c r="B1061" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1061" s="30" t="s">
+        <v>2129</v>
+      </c>
+      <c r="D1061" s="31">
+        <v>25</v>
+      </c>
+      <c r="E1061" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1061" s="28">
+        <v>1808108</v>
+      </c>
+      <c r="G1061" s="35">
+        <v>4013432616</v>
+      </c>
+      <c r="H1061" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1061" s="33" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J1061" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1061" s="34" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:11" s="23" customFormat="1" ht="80" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1062" s="28">
+        <v>1060</v>
+      </c>
+      <c r="B1062" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C1062" s="30" t="s">
+        <v>2130</v>
+      </c>
+      <c r="D1062" s="31">
+        <v>25</v>
+      </c>
+      <c r="E1062" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F1062" s="28">
+        <v>1808130</v>
+      </c>
+      <c r="G1062" s="35">
+        <v>4013446780</v>
+      </c>
+      <c r="H1062" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="I1062" s="33" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J1062" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1062" s="34" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A1063" s="42" t="s">
         <v>11</v>
       </c>
-      <c r="B946" s="42"/>
-[...8 lines deleted...]
-      <c r="K946" s="43"/>
+      <c r="B1063" s="43"/>
+      <c r="C1063" s="43"/>
+      <c r="D1063" s="43"/>
+      <c r="E1063" s="43"/>
+      <c r="F1063" s="43"/>
+      <c r="G1063" s="43"/>
+      <c r="H1063" s="43"/>
+      <c r="I1063" s="43"/>
+      <c r="J1063" s="43"/>
+      <c r="K1063" s="44"/>
     </row>
   </sheetData>
-  <autoFilter ref="A2:K946" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="A2:K1063" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
-    <mergeCell ref="A946:K946"/>
+    <mergeCell ref="A1063:K1063"/>
   </mergeCells>
   <phoneticPr fontId="33" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="8" scale="42" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <pageSetup paperSize="8" scale="43" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter differentOddEven="1" differentFirst="1">
     <oddFooter>&amp;RHizmete Özel</oddFooter>
     <evenFooter>&amp;RHizmete Özel</evenFooter>
     <firstFooter>&amp;RHizmete Özel</firstFooter>
   </headerFooter>
-  <rowBreaks count="2" manualBreakCount="2">
-[...1 lines deleted...]
-    <brk id="878" max="10" man="1"/>
+  <rowBreaks count="12" manualBreakCount="12">
+    <brk id="841" max="10" man="1"/>
+    <brk id="862" max="10" man="1"/>
+    <brk id="883" max="10" man="1"/>
+    <brk id="904" max="10" man="1"/>
+    <brk id="920" max="10" man="1"/>
+    <brk id="939" max="10" man="1"/>
+    <brk id="957" max="10" man="1"/>
+    <brk id="977" max="10" man="1"/>
+    <brk id="997" max="10" man="1"/>
+    <brk id="1017" max="10" man="1"/>
+    <brk id="1038" max="10" man="1"/>
+    <brk id="1059" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<titus xmlns="http://schemas.titus.com/TitusProperties/">
+  <TitusGUID xmlns="">ab08312d-5c4e-4e5d-83a1-34677324a860</TitusGUID>
+  <TitusMetadata xmlns="">eyJucyI6IkVORVJKSVNBIiwicHJvcHMiOlt7Im4iOiJDTEFTU0lGSUNBVElPTiIsInZhbHMiOlt7InZhbHVlIjoiSTQ4ODZwMjkzNzI3bk84In1dfSx7Im4iOiJTSU5JUkxJUEFZTEFTSU0iLCJ2YWxzIjpbXX0seyJuIjoiU0lSS0VUSUNJS1VMTEFOSU0iLCJ2YWxzIjpbXX1dfQ==</TitusMetadata>
+</titus>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010017AB195352B5E0439838182C163E8954" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1f291ff69f2b0184a93dbef79a9d52fc">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2511cfec-de10-48da-88f6-657341a97d75" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2070fac7e6d7d650d1bd69e755f82c2e" ns2:_="">
     <xsd:import namespace="2511cfec-de10-48da-88f6-657341a97d75"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2511cfec-de10-48da-88f6-657341a97d75" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
@@ -40298,233 +44972,226 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_dlc_DocId xmlns="2511cfec-de10-48da-88f6-657341a97d75">3T7CWQE2WDWZ-6-151</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="2511cfec-de10-48da-88f6-657341a97d75">
       <Url>https://www.baskentedas.com.tr/_layouts/15/DocIdRedir.aspx?ID=3T7CWQE2WDWZ-6-151</Url>
       <Description>3T7CWQE2WDWZ-6-151</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-</titus>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04CC6065-A7F7-4396-BA36-AD290348C521}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.titus.com/TitusProperties/"/>
+    <ds:schemaRef ds:uri=""/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52889337-20A7-4EE9-8F3F-BB3E9791F56B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2511cfec-de10-48da-88f6-657341a97d75"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{393E90F3-5C76-4390-BABD-FACFE7AB711A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="2511cfec-de10-48da-88f6-657341a97d75"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CAE1F3C-B7BD-4E30-94C2-F74B24E99E73}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAD816E3-DD34-487F-B108-2379144FDD27}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
-  </ds:schemaRefs>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri=""/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Çalışma Sayfaları</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Adlandırılmış Aralıklar</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>DI-F-405_01</vt:lpstr>
       <vt:lpstr>'DI-F-405_01'!Yazdırma_Alanı</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>EnerjiSA</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Serdar MANGALOGLU</dc:creator>
-  <cp:keywords>I4886p293727nO8</cp:keywords>
+  <cp:keywords>CLASSIFICATION=I4886p293727nO8</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010017AB195352B5E0439838182C163E8954</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TitusGUID">
-    <vt:lpwstr>c0e93678-caf7-4e1a-8815-92b35051a45d</vt:lpwstr>
+    <vt:lpwstr>ab08312d-5c4e-4e5d-83a1-34677324a860</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="DLP">
     <vt:lpwstr>jt3gfvtSzbJq</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>006ce2b6-7bfe-4db0-9093-611d5da3e04f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="CLASSIFICATION">
     <vt:lpwstr>I4886p293727nO8</vt:lpwstr>
   </property>
 </Properties>
 </file>